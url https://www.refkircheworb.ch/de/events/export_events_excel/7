--- v0 (2025-10-14)
+++ v1 (2026-01-16)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M143"/>
+  <dimension ref="A1:M144"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Eventtyp</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Titel</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Wochentag</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -488,7061 +488,7209 @@
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>PLZ</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Stadt</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Kurzbeschreibung</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Text</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Agenda</t>
+          <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>HEREINSPAZIERT....</t>
+          <t>Liturgischer Tagesbeginn</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Do</t>
+          <t>Fr</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>10:00</t>
+          <t>09:00</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>Kirchgemeindehaus Worb</t>
+          <t>Kirche Worb</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Hereinspaziert lädt dazu ein, sich vertieft mit dem gegebenen Thema auseinander zu setzen: Anregend, nachdenklich, unterhaltend.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Liturgischer Tagesbeginn</t>
+          <t>Ökumenischer Gottesdienst mit katholischer Kirche und Chor EGW &amp; Kirchenchor St. Martin</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Fr</t>
+          <t>So</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>18</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>09:00</t>
+          <t>10:00</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>Kirche Worb</t>
+          <t>Kirche Rüfenacht</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+          <t>Pfarrerin Linda Grüter, Gemeindeleiter Peter Sladkovic-Büchel, Orgel Annette Unternährer, Chor EGW und Kirchenchor St. Martin
+Herzliche Einladung zum Kirchenkaffee</t>
         </is>
       </c>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Agenda</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Rezitation aus «Astronomische Psalmen» des Astrophysikers Arnold Benz</t>
+          <t>Workshop "Psalmen singen"</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Fr</t>
+          <t>Di</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>20</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>19:30</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>Kirche Worb</t>
+          <t>Kirchgemeindehaus Worb und Kirche Worb</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
-          <t>Lesung und Bilder aus dem Universum mit Dorothée Reize, Sprecherin und Peter Künzler, Klarinette.</t>
-[...2 lines deleted...]
-      <c r="M4" t="inlineStr"/>
+          <t>Wie Gregorianik klingt das Singen von Psalmen auf den sogenannten Psalmtönen. An zwei Abenden lernen wir die meditative Praxis des einstimmigen, deutschsprachigen Psalmengesangs kennen.</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>Es sind keine besonderen Fähigkeiten erforderlich, Neugier genügt.Kontakt: Katrin Günther, 031 992 83 49, katrin.guenther@refkircheworb.chhier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
+        </is>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Agenda, Gottesdienst</t>
+          <t>Agenda</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Gottesdienst zum Erntedank mit Zertifizierungsfeier Grüner Güggel</t>
+          <t>Mittwuchträff - «Lüpfigs und Gfröits» mit der Trachtengruppe Worb</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>So</t>
+          <t>Mi</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>21</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>09:30</t>
+          <t>14:00</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>Ref. Kirche Rüfenacht</t>
+          <t>KGH Worb</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>Pfarrerin Nadja Heimlicher, Orgel Annette Unternährer, Chor EGW. Herzliche Einladung zum Apéro</t>
+          <t>Einschliesslich Kindertanzgruppe und Chor der Trachtengrupp Worb
+am Örgeli Peter Fuhrimann
+anschliessend herzliche Einladung zum Zvieri</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
-          <t>Zertifizierungsfeier für das Umweltlabel "Grüner Güggel" von Oeku SchweizHier geht's zum Flyer</t>
+          <t>hier geht's zum FlyerKontakt: Sozialdiakonin Erika Neuhaus 031 839 50 77, erika.neuhaus@refkircheworb.ch</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Agenda, Veranstaltung</t>
+          <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Informationsveranstaltung im Mittwuchträff - "Mobilität ist Lebensqualität"</t>
+          <t>Ökumenische Taizé-Feier</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Mi</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>21</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>14:00</t>
+          <t>19:00</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>KGH Worb</t>
+          <t>Kirche Worb</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
-          <t>durchgeführt durch die Mitglieder der Alterskonferenz Worb
-[...7 lines deleted...]
-      </c>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Katrin Günther</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Agenda</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Wandergruppe Moderato</t>
+          <t>Konfbilder-Vernissage</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Fr</t>
+          <t>Do</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>22</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>06:30</t>
+          <t>19:00</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>Worb Dorf</t>
+          <t>Kirchgemeindehaus Worb</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
-          <t>Wandertour Le Sentier des Toblerones (Nyon)</t>
+          <t>Berührende Bilder und Texte im Kirchgemeindehaus Worb
+Mitwirkende: Konfirmandinnen und Konfirmanden, Severin Stahl, Trompete und León Rojas, Piano und das Unterrichtsteam der Oberstufe mit Werner Lüthi</t>
         </is>
       </c>
       <c r="M7" t="inlineStr">
         <is>
-          <t>Anmeldung erforderlichLeitung: Peter Kühn 031 839 19 92 / 079 822 92 25Dora Isaak 031 839 18 19 / 079 712 21 58unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
+          <t>Herzlich willkommenSeit mehreren Jahren gestalten unsere Jugendlichen ihr Konfbild selber. Auch dieses Jahr machen wir dazu die Konfbilder-Ausstellung mit Vernissage, Musik und Apéro.Mit ihren Bildern drücken unsere Konfirmandinnen und Konfirmanden ihren Blick auf das Leben, ihre Hoffnungen und Träume aus. Lassen Sie sich doch vom Reichtum der ausgestellten Bilder anregen. Die Konfbilder sind anschliessend bis Ende Februar im Kirchgemeindehaus ausgestellt.hier geht's zum FlyerVerlinkung Online-Ausstellung folgt</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Agenda, Gottesdienst</t>
+          <t>Agenda</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>69er-Gottesdienst</t>
+          <t>Wandergruppe Moderato</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>So</t>
+          <t>Fr</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>23</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>17:00</t>
+          <t>06:45</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>Kirche Worb</t>
+          <t>Worb Dorf</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
-          <t>Pfarrerin Nadja Heimlicher, Orgel Annette Unternährer. Chor VSeSe. Herzliche Einladung zum Apéro</t>
-[...2 lines deleted...]
-      <c r="M8" t="inlineStr"/>
+          <t>Winterwanderung Saanenmöser - Gstaad</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>Anmeldung erforderlichLeitung: Peter Kühn 031 839 19 92 / 079 822 92 25Marianne Berger 031 839 39 37 / 079 534 50 61unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
+        </is>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Agenda, Gottesdienst</t>
+          <t>Agenda</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Ökumenische Taizé-Feier</t>
+          <t>KINO UND NACHTESSEN</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Mi</t>
+          <t>Fr</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>23</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>19:30</t>
+          <t>17:30</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>Kirche Worb</t>
+          <t>Kirchgemeindehaus Worb</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
-          <t>Pfarrerin Agathe Zinsstag, Orgel Uta Pfautsch, Violine Marianne Hottiger</t>
-[...2 lines deleted...]
-      <c r="M9" t="inlineStr"/>
+          <t>Gemütlich zusammen essen und dann einen spannenden Film schauen. 
+Ein Angebot für Kinder und Jugendliche ab 7 bis 12 Jahre</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>Wir freuen uns auf dich! Regula Berger mit Hunden und Lisa Gerber. Auskunft und Anmeldung bis 19.1.26: Regula Berger 079 383 95 52 oder regula.berger@refkircheworb.chhier geht's zum Flyer (4 Daten)</t>
+        </is>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Gottesdienst mit Abendmahl zum Reformationssonntag</t>
+          <t>Gottesdienst KUW2, Thema Taufe</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>So</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>02</t>
+          <t>25</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>09:30</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>Kirche Rüfenacht</t>
+          <t>Kirche Worb</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
-          <t>Pfarrer Daniel Marti, Orgel Uta Pfautsch, Chor Cantica Nova. Herzliche Einladung zum Apéro</t>
+          <t>Koordinatorin/Katechetin Isabel Carreño, Katechetin Tabea Müller-Gyger, Orgel Uta Pfautsch</t>
         </is>
       </c>
       <c r="M10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Agenda</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>ChilcheGüggel - Kinderkonzert</t>
+          <t>Workshop "Psalmen singen"</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>So</t>
+          <t>Di</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>02</t>
+          <t>27</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>16:00</t>
+          <t>19:30</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>Kirche Worb</t>
+          <t>Kirchgemeindehaus Worb und Kirche Worb</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
-          <t>Die Bremer Stadtmusikanten - ein szenisches Orgelmärchen von Rainer Bohm</t>
+          <t>Wie Gregorianik klingt das Singen von Psalmen auf den sogenannten Psalmtönen. An zwei Abenden lernen wir die meditative Praxis des einstimmigen, deutschsprachigen Psalmengesangs kennen.</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
-          <t>Katrin Günther und Annette Unternährer, OrgelLinda Grüter und Lisa Gerber, SprecherinnenAdrian Steiner, Bilder/TechnikKollekte mit Richtpreis: 5,- Kinder / 10,- Erwachsenefreie Platzwahlhier geht's zum Flyer</t>
+          <t>Es sind keine besonderen Fähigkeiten erforderlich, Neugier genügt.Kontakt: Katrin Günther, 031 992 83 49, katrin.guenther@refkircheworb.chhier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Liturgischer Tagesbeginn zum Auftakt des Kirchenbasars</t>
+          <t>Gottesdienst zum Kirchensonntag</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Mi</t>
+          <t>So</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>05</t>
+          <t>01</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>02</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>09:30</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>Kirche Worb</t>
+          <t>Kirche Rüfenacht</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
-          <t>Kirchenmusikerin Katrin Günther</t>
+          <t>Pfarrerin Linda Grüter, Orgel Annette Unternährer. Herzliche Einladung zum Kirchenkaffee</t>
         </is>
       </c>
       <c r="M12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Agenda, Veranstaltung</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Kirchenbasar</t>
+          <t>Gartencafé im Pfarrhausgarten der Kirche Worb</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Mi</t>
+          <t>Do</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>05</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>02</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>09:30</t>
+          <t>14:00</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>in und um der Kirche/Kirchgemeindehaus Worb</t>
+          <t>Pfarrhausgarten Kirche Worb bei schlechtem Wetter KGH Worb</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
-          <t>Sie sind herzlich eingeladen zu unserem traditionellen Basar mit Musik, Kulinarik, Ständen, Spiel und Spass. Mit den Einnahmen unterstützen wir das Spielplatzprojekt Gutshof Enggistein.</t>
+          <t>Es bewirtet Sie die Männergruppe Worb. Sie offeriert Kafi, Mineral und Kuchen</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
-          <t>hier finden Sie Infos zum Spendenprojekt Spielplatz Gutshof Enggisteinhier geht's zum detaillierten Programm</t>
+          <t>Hier finden Sie unseren Flyer Gartencafé 2026</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L14" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Annette Unternährer. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M14" t="inlineStr"/>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
           <t>Agenda</t>
         </is>
       </c>
-      <c r="B14" t="inlineStr">
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Spaziergruppe Easy</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>13:20</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Worb RBS</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>Utzigen - Vechigen - Worb
+Treffpunkt: Worb RBS 13.20h, Abfahrt 13.30h. S7, 2 Zonen. Leitung: Léonie Moser 079 645 59 26, Fritz Bösiger 031 351 13 16</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>unter Angebote Generation 60plus finden Sie die Spaziergruppe Easy Broschüre</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>"Aufrecht gehen - Es ist Zeit zu schreiben" Vortrag &amp; Lesung mit Andreas Neugebauer</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>Andreas Neugebauer wurde als Kind auf einem Bauernhof verdingt, stürzte ab und kämpfte sich nach oben. Er erzählt seine Lebensgeschichte - eine Geschichte von Willenskraft, Mut und innerer Freiheit.</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>Vortrag und LesungKontakt: Pfarrer Daniel Marti, 031 839 00 90, daniel.marti@refkircheworb.chhier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M17" t="inlineStr"/>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Gottesdienst, Predigtreihe Psalmen</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>Der Herr ist mein Hirte (Ps 23)
+Pfarrer Daniel Marti, Orgel Katrin Günther
+In drei Gottesdiensten vertiefen wir uns in die Texte der Psalmen und fragen nach ihrer Bedeutung für uns heute.
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>hier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L19" t="inlineStr">
+        <is>
+          <t>Pfarrerin Rahel Vögeli, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr"/>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L20" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 16.2., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M20" t="inlineStr"/>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Wandergruppe Moderato</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>06:55</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Worb Dorf</t>
+        </is>
+      </c>
+      <c r="L21" t="inlineStr">
+        <is>
+          <t>Sörenberg: Rundweg Glaubenbielen</t>
+        </is>
+      </c>
+      <c r="M21" t="inlineStr">
+        <is>
+          <t>Anmeldung erforderlichLeitung: Richard Volz 031 839 57 70 / 076 439 57 70Sonja Kipfer 031 839 64 03 / 079 413 56 41unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Ökumenischer Gottesdienst zum Schalomsonntag</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Kath. Kirche / Pfarrei St. Martin Worb</t>
+        </is>
+      </c>
+      <c r="L22" t="inlineStr">
+        <is>
+          <t>Gemeindeleiter Peter Sladkovic-Büchel, Pfarrerin Nadja Heimlicher, Orgel Jinki Kang
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M22" t="inlineStr"/>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>"Himmelhochjauchzend - zu Tode betrübt" Vortrag mit Dr. Nancy Rahn</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Mo</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L23" t="inlineStr">
+        <is>
+          <t>Krisen- und Hoffnungspoesie der biblischen Psalmen mit Dr. Nancy Rahn, Dozentin an der Theol. Fakultät der Uni Bern</t>
+        </is>
+      </c>
+      <c r="M23" t="inlineStr">
+        <is>
+          <t>Die Psalmen des Alten Testaments sind Gedichte, die Jahrtausende von uns entfernt geschrieben wurden. Trotzdem gingen und gehen sie Menschen aller Zeiten nahe. Gerade in ihrer engen Verdichtung von Krisen, Konflikten und Leid aber auch Freude, Hoffnung und Mut haben sich Einzelne und Gemeinschaften wiedergefunden und untergebracht.Kontakt: Pfarrerin Nadja Heimlicher, 031 839 73 84, nadja.heimlicher@refkircheworb.chhier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>"Du verwandelst meine Klage in Tanz" - Tanzzyklus</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>Di</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>Sich von Musik und Bewegung, Texten und Gemeinschaft berühren lassen. Ein Weg zu sich und in die Stille.
+Wann: Di, 24. Feb, 3., 10. und 17. März 2026, 19.30 - 21.30
+Mi, 18. März 2026, 19.00 Taizé-Liturgie zum Mitfeiern und Tanzen zu Live-Musik
+Leitung: Daniela Sigrist, Anmeldung: bitte bis 14. Februar 2026</t>
+        </is>
+      </c>
+      <c r="M24" t="inlineStr">
+        <is>
+          <t>Leitung: Daniela Sigrist, 079 535 03 23, siegrist71@gmx.ch, Anmeldung: bis 14. Februar 2026hier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>HEREINSPAZIERT.... Die Kraft aus alten Worten - Themenreihe zu den Psalmen</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>Was sagen uns Psalmen zu schwierigen Lebenssituationen, Krisen und Neuanfängen? Eine spannende Auseinandersetzung im Hier und Jetzt.</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>Vorbereitet und moderiert durch Pfarrerin Linda Grüter und Sozialdiakonin Erika Neuhaus, Telefon 031 839 50 77 / erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Ökumenischer Suppentag</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
+        <is>
+          <t>11:30</t>
+        </is>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L26" t="inlineStr">
+        <is>
+          <t>Es laden herzlich ein: Katholische Pfarrei St. Martin, Reformierte Kirchgemeinde Worb und Evangelisches Gemeinschaftswerk Worb</t>
+        </is>
+      </c>
+      <c r="M26" t="inlineStr">
+        <is>
+          <t>GemüsecrèmesuppeAuch Takeaway möglich, bitte eigenes Gefäss mitbringen.Auskunft erteilt Erika Neuhaus, Tel. 031 839 50 77, erika.neuhaus@refkircheworb.chhier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
         <is>
           <t>KINO UND NACHTESSEN</t>
         </is>
       </c>
-      <c r="C14" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t>Fr</t>
         </is>
       </c>
-      <c r="D14" t="inlineStr">
-[...14 lines deleted...]
-      <c r="G14" t="inlineStr">
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
         <is>
           <t>17:30</t>
         </is>
       </c>
-      <c r="H14" t="inlineStr">
+      <c r="H27" t="inlineStr">
         <is>
           <t>Kirchgemeindehaus Worb</t>
         </is>
       </c>
-      <c r="L14" t="inlineStr">
+      <c r="L27" t="inlineStr">
         <is>
           <t>Gemütlich zusammen essen und dann einen spannenden Film schauen. 
 Ein Angebot für Kinder und Jugendliche ab 7 bis 12 Jahre</t>
         </is>
       </c>
-      <c r="M14" t="inlineStr">
-[...645 lines deleted...]
-      <c r="M27" t="inlineStr"/>
+      <c r="M27" t="inlineStr">
+        <is>
+          <t>Wir freuen uns auf dich! Regula Berger mit Hunden und Lisa Gerber. Auskunft und Anmeldung bis 23.2.26: Regula Berger 079 383 95 52 oder regula.berger@refkircheworb.chhier geht's zum Flyer (4 Daten)</t>
+        </is>
+      </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>Agenda, Veranstaltung</t>
+          <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Worber Weihnachtsmärit</t>
+          <t>Gottesdienst KUW3</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Sa</t>
+          <t>So</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>06</t>
+          <t>01</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>03</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>2025</t>
-[...2 lines deleted...]
-      <c r="G28" t="inlineStr"/>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>Worb Weihnachtsmarkt</t>
+          <t>Kirche Rüfenacht</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
-          <t>Die Kirchgemeinde Worb wird dieses Jahr auf dem Weihnachtsmarkt einen Stand haben. 
-[...7 lines deleted...]
-      </c>
+          <t>Pfarrerin Linda Grüter, Orgel Katrin Günther
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Agenda, Veranstaltung</t>
+          <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>"der Samichlaus kommt" ufe Robi</t>
+          <t>Gottesdienst mit Taufe</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>Sa</t>
+          <t>So</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>06</t>
+          <t>01</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>03</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>17:00</t>
+          <t>09:30</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>Robi-Spielplatz Rüfenacht</t>
+          <t>Kirche Worb</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
-          <t>die Männergruppe offeriert Chäsprägu für den Samichlaus und alle Besucher.
-Keine Anmeldung erforderlich. Auskunft bei Harri Wäfler Tel. 078 766 87 82</t>
+          <t>Pfarrerin Rahel Vögeli, Orgel Annette Unternährer. Herzliche Einladung zum Kirchenkaffee</t>
         </is>
       </c>
       <c r="M29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Agenda, Veranstaltung</t>
+          <t>Agenda</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Worber Weihnachtsmärit am 2. Advent</t>
+          <t>Workshop "Ein Herz voller Worte" - eigene Psalmen schreiben</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>So</t>
+          <t>Mo</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>07</t>
+          <t>02</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>03</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>2025</t>
-[...2 lines deleted...]
-      <c r="G30" t="inlineStr"/>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>Worb Weihnachtsmarkt</t>
+          <t>Kirchgemeindehaus Worb</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
-          <t>Die Kirchgemeinde Worb wird dieses Jahr auf dem Weihnachtsmarkt einen Stand haben. 
-Du hast die Möglichkeit uns während dieser Zeit unter die Arme zu greifen und in Kontakt mit den Standbesuchern zu kommen.</t>
+          <t>Freude, Klage, Leere, Glück - inspiriert von den starken Worten der Psalmen schreiben wir in einer Schreibwerkstatt eigene Texte. Es sind keine Vorkenntnisse nötig, Freude am Ausprobieren genügt.</t>
         </is>
       </c>
       <c r="M30" t="inlineStr">
         <is>
-          <t>weitere Infos auf Webseite Worber Weihnacht – Weihnachten in Worb</t>
+          <t>Kontakt: Pfarrerin Nadja Heimlicher, 031 839 73 84, nadja.heimlicher@refkircheworb.chhier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Agenda, Gottesdienst</t>
+          <t>Agenda</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Ökumenischer Gottesdienst zum 2. Advent auf dem Worber Weihnachtsmärit</t>
+          <t>"Du verwandelst meine Klage in Tanz" - Tanzzyklus</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>So</t>
+          <t>Di</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>07</t>
+          <t>03</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>03</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t>10:00</t>
+          <t>19:30</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>Worb Weihnachtsmarkt</t>
+          <t>Kirche Worb</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
-          <t>Esther Baier, EMK, Gemeindeleiter Peter Sladkovic Büchel, Pfarrerin Nadja Heimlicher</t>
-[...2 lines deleted...]
-      <c r="M31" t="inlineStr"/>
+          <t>Sich von Musik und Bewegung, Texten und Gemeinschaft berühren lassen. Ein Weg zu sich und in die Stille.
+Wann: Di, 24. Feb, 3., 10. und 17. März 2026, 19.30 - 21.30
+Mi, 18. März 2026, 19.00 Taizé-Liturgie zum Mitfeiern und Tanzen zu Live-Musik
+Leitung: Daniela Sigrist, Anmeldung: bitte bis 14. Februar 2026</t>
+        </is>
+      </c>
+      <c r="M31" t="inlineStr">
+        <is>
+          <t>Leitung: Daniela Sigrist, 079 535 03 23, siegrist71@gmx.ch, Anmeldung: bis 14. Februar 2026hier geht's zum Flyer</t>
+        </is>
+      </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Agenda, Gottesdienst</t>
+          <t>Agenda</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Gottesdienst</t>
+          <t>"Baustelle Menschsein" Lesung mit Esther Pauchard</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>So</t>
+          <t>Mi</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>07</t>
+          <t>04</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>03</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>17:00</t>
+          <t>19:30</t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>Kirche Rüfenacht</t>
+          <t>Kirche Worb</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
-          <t>Pfarrer Daniel Marti, Orgel Uta Pfautsch. Herzliche Einladung zum Kirchenkaffee</t>
-[...2 lines deleted...]
-      <c r="M32" t="inlineStr"/>
+          <t>Esther Pauchard, Fachärztin für Psychotherapie und Psychiatrie, liest aus ihrem neuen Sachbuch. (Veranstaltung gemeinsam mit der Schmökerei Worb).</t>
+        </is>
+      </c>
+      <c r="M32" t="inlineStr">
+        <is>
+          <t>Jeder von uns ist in seinem Alltag ständig mit Problemen konfrontiert. Die Herausforderungen scheinen endlos, überwältigend und unlösbar zu sein. Wie bleiben wir im Angesicht komplexer und langanhaltender Schwierigkeiten stabil und gelassen?Kontakt: Pfarrer Daniel Marti, 031 839 00 90, daniel.marti@refkircheworb.chhier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
+        </is>
+      </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>Agenda</t>
+          <t>Agenda, Veranstaltung</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Spaziergruppe Easy</t>
+          <t>Gartencafé im Pfarrhausgarten der Kirche Worb</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Mi</t>
+          <t>Do</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>05</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>03</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>12:30</t>
+          <t>14:00</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>Worb RBS</t>
+          <t>Pfarrhausgarten Kirche Worb bei schlechtem Wetter KGH Worb</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
-          <t>Grosshöchstetten - Zäziwil
-[...1 lines deleted...]
-Leitung: Heidi Zwahlen 031 839 96 77, Léonie Moser 079 645 59 26</t>
+          <t>Es bewirtet Sie die Männergruppe Worb. Sie offeriert Kafi, Mineral und Kuchen</t>
         </is>
       </c>
       <c r="M33" t="inlineStr">
         <is>
-          <t>unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
+          <t>Hier finden Sie unseren Flyer Gartencafé 2026</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>Agenda, Gottesdienst</t>
+          <t>Agenda</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Gottesdienst KUW1</t>
+          <t>Ökumenischer Suppentag</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Mi</t>
+          <t>Fr</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>06</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>03</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>17:30</t>
+          <t>11:30</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>Kirche Worb</t>
+          <t>EGW Worb, Bernstrasse 11</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
-          <t>Koordinatorin KUW/Katechetin Isabel Carreño, Orgel Katrin Günther</t>
-[...2 lines deleted...]
-      <c r="M34" t="inlineStr"/>
+          <t>Es laden herzlich ein: Katholische Pfarrei St. Martin, Reformierte Kirchgemeinde Worb und Evangelisches Gemeinschaftswerk Worb</t>
+        </is>
+      </c>
+      <c r="M34" t="inlineStr">
+        <is>
+          <t>Kartoffelsuppehier geht's zum Flyer</t>
+        </is>
+      </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Ökumenisches Friedensgebet</t>
+          <t>Gottesdienst zum Weltgebetstag</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>Mi</t>
+          <t>Fr</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>06</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>03</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>19:30</t>
+          <t>19:00</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
-          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch</t>
-[...2 lines deleted...]
-      <c r="M35" t="inlineStr"/>
+          <t>Freiwilligenteam der reformierten und katholischen Kirchen Worb. Pfarrerin Linda Grüter, Orgel Annette Unternährer. Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>Flyer folgt</t>
+        </is>
+      </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Worber Jugendblasorchester</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Annette Unternährer, Worber Jugendblasorchester.
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M36" t="inlineStr"/>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
           <t>Agenda</t>
         </is>
       </c>
-      <c r="B36" t="inlineStr">
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>"Du verwandelst meine Klage in Tanz" / Sing- und Musizierprojekt</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>Di</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>Kirchegemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L37" t="inlineStr">
+        <is>
+          <t>Alle, die gern singen und musizieren, sind herzlich eingeladen, in zwei Proben die Gesänge der Taizé-Feier vom Mittwoch, 18. März, gemeinsam vorzubereiten.</t>
+        </is>
+      </c>
+      <c r="M37" t="inlineStr">
+        <is>
+          <t>Leitung: Katrin Günther, Anmeldung bitte bis 1. März, 031 992 83 49 / katrin.guenther@refkircheworb.chWann: Di, 10. und 17. März 2026, 19.30 - 21.30Mi, 18. März 2026, 18.00 Ansingprobe / 19.00 Taizé-Feierhier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>"Du verwandelst meine Klage in Tanz" - Tanzzyklus</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>Di</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L38" t="inlineStr">
+        <is>
+          <t>Sich von Musik und Bewegung, Texten und Gemeinschaft berühren lassen. Ein Weg zu sich und in die Stille.
+Wann: Di, 24. Feb, 3., 10. und 17. März 2026, 19.30 - 21.30
+Mi, 18. März 2026, 19.00 Taizé-Liturgie zum Mitfeiern und Tanzen zu Live-Musik
+Leitung: Daniela Sigrist, Anmeldung: bitte bis 14. Februar 2026</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>Leitung: Daniela Sigrist, 079 535 03 23, siegrist71@gmx.ch, Anmeldung: bis 14. Februar 2026hier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Spaziergruppe Easy</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>12:20</t>
+        </is>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>Worb RBS</t>
+        </is>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>Oberwil b. Büren nach Büren a. A.
+Treffpunkt: Worb RBS 12.20h, Abfahrt 12.30h. S7, Hinfahrt 6 Zonen Tageskarte. Leitung: Léonie Moser 079 645 59 26, Heidi Zwahlen, 031 839 96 77</t>
+        </is>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>unter Angebote Generation 60plus finden Sie die Spaziergruppe Easy Broschüre</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 9.3., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M40" t="inlineStr"/>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L41" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M41" t="inlineStr"/>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Ökumenischer Suppentag</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>11:30</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>Pfarrei St. Martin, Worb</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>Es laden herzlich ein: Katholische Pfarrei St. Martin, Reformierte Kirchgemeinde Worb und Evangelisches Gemeinschaftswerk Worb.</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>GerstensuppeAuch Takeaway möglich, bitte eigenes Gefäss mitbringen.Auskunft erteilt Erika Neuhaus, Tel. 031 839 50 77, erika.neuhaus@refkircheworb.chhier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Jugendgottesdienst</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>Mitten im Alltag der Himmel
+Pfarrerin Nadja Heimlicher, Orgel Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr"/>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Gottesdienst KUW3 mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>Pfarrerin Rahel Vögeli, Koordinatorin/Katechetin Isabel Carreño, Katechetin Tabea Müller-Gyger, Orgel Uta Pfautsch.
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr"/>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>"Du verwandelst meine Klage in Tanz" / Sing- und Musizierprojekt</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>Di</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Kirchegemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>Alle, die gern singen und musizieren, sind herzlich eingeladen, in zwei Proben die Gesänge der Taizé-Feier vom Mittwoch, 18. März, gemeinsam vorzubereiten.</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>Leitung: Katrin Günther, Anmeldung bitte bis 1. März, 031 992 83 49 / katrin.guenther@refkircheworb.chWann: Di, 10. und 17. März 2026, 19.30 - 21.30Mi, 18. März 2026, 18.00 Ansingprobe / 19.00 Taizé-Feierhier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>"Du verwandelst meine Klage in Tanz" - Tanzzyklus</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>Di</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L46" t="inlineStr">
+        <is>
+          <t>Sich von Musik und Bewegung, Texten und Gemeinschaft berühren lassen. Ein Weg zu sich und in die Stille.
+Wann: Di, 24. Feb, 3., 10. und 17. März 2026, 19.30 - 21.30
+Mi, 18. März 2026, 19.00 Taizé-Liturgie zum Mitfeiern und Tanzen zu Live-Musik
+Leitung: Daniela Sigrist, Anmeldung: bitte bis 14. Februar 2026</t>
+        </is>
+      </c>
+      <c r="M46" t="inlineStr">
+        <is>
+          <t>Leitung: Daniela Sigrist, 079 535 03 23, siegrist71@gmx.ch, Anmeldung: bis 14. Februar 2026hier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>Liturgische Taizé-Feier mit Tanz "Du verwandelst meine Klage in Tanz"</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L47" t="inlineStr">
+        <is>
+          <t>Tanzgruppe* unter der Leitung von Daniela Siegrist, Chor* und Instrumentalensemble* unter der Leitung von Kirchenmusikerin Katrin Günther, Pfarrerin Nadja Heimlicher
+(*Herzliche Einladung zu Vorbereitungs-Proben)</t>
+        </is>
+      </c>
+      <c r="M47" t="inlineStr">
+        <is>
+          <t>hier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>Wandergruppe Moderato</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
+        <is>
+          <t>07:00</t>
+        </is>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>Worb Dorf</t>
+        </is>
+      </c>
+      <c r="L48" t="inlineStr">
+        <is>
+          <t>Auf der Suche nach den Basler Rebbergtulpen</t>
+        </is>
+      </c>
+      <c r="M48" t="inlineStr">
+        <is>
+          <t>Anmeldung erforderlichLeitung: Richard Volz 031 839 57 70 / 076 439 57 70Dora Isaak 031 839 18 19 / 079 712 21 58unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>Gottesdienst, Predigtreihe Psalmen, Verabschiedung Pfarrerin Linda Grüter</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L49" t="inlineStr">
+        <is>
+          <t>Singt dem Herrn ein neues Lied (Ps 98)
+Pfarrerin Linda Grüter, Orgel Uta Pfautsch
+In drei Gottesdiensten vertiefen wir uns in die Texte der Psalmen und fragen nach ihrer Bedeutung für uns heute.
+Verabschiedung von unserer Pfarrerin Linda Grüter
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M49" t="inlineStr">
+        <is>
+          <t>hier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>Biblische Lieder von Antonín Dvořák (1841–1904) / Konzert und Psalmlesung</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L50" t="inlineStr">
+        <is>
+          <t>Konzert und Psalmlesung mit Martina Janková, Sopran; Katrin Günther, Orgel und Nadja Heimlicher, Lesungen</t>
+        </is>
+      </c>
+      <c r="M50" t="inlineStr">
+        <is>
+          <t>Antonín Dvořáks «Biblische Lieder» op. 99 entstanden 1894 in New York und gehören zu den persönlichsten Werken des Komponisten. In inniger Schlichtheit und von tiefem Glauben geprägt, vertonte Dvořák zehn Psalmen der Bibel und machte sie in seiner Muttersprache, dem Tschechischen, singbar. Die Lieder verbinden volksliedhafte Melodik mit romantischem Ausdruck und spannen einen weiten Bogen von verzweifelter Klage bis zu tröstlicher Zuversicht.Kontakt: Katrin Günther, 031 992 83 49, katrin.guenther@refkircheworb.chhier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum Palmsonntag, Goldene Konfirmation</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L51" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Uta Pfautsch
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M51" t="inlineStr"/>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Gartencafé im Pfarrhausgarten der Kirche Worb</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G52" t="inlineStr">
+        <is>
+          <t>14:00</t>
+        </is>
+      </c>
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>Pfarrhausgarten Kirche Worb bei schlechtem Wetter KGH Worb</t>
+        </is>
+      </c>
+      <c r="L52" t="inlineStr">
+        <is>
+          <t>Es bewirtet Sie die Männergruppe Worb. Sie offeriert Kafi, Mineral und Kuchen</t>
+        </is>
+      </c>
+      <c r="M52" t="inlineStr">
+        <is>
+          <t>Hier finden Sie unseren Flyer Gartencafé 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>Gottesdienst am Gründonnerstag mit Abendmahl am Tisch</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L53" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M53" t="inlineStr"/>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>Gottesdienst am Karfreitag mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L54" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Annette Unternährer
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M54" t="inlineStr"/>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>Gottesdienst zu Ostern, Abendmahl, Eiertütschen</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G55" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L55" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Katrin Günther
+Herzliche Einladung zum gemeinsamen Eiertütschen</t>
+        </is>
+      </c>
+      <c r="M55" t="inlineStr"/>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>Detektive - Auf wunderbaren Spuren - Kinderwoche in Worb</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>Di</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G56" t="inlineStr"/>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>Kath. Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L56" t="inlineStr">
+        <is>
+          <t>Vom 7. bis 10. April 2025 findet in der Katholischen Kirche St. Martin in Worb (Bernstrasse 16) die "Kinderwoche Worb - "Detektive - Auf wunderbaren Spuren" statt. Abschlussabend Freitag, 10. April, 19.30 Uhr</t>
+        </is>
+      </c>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>Wir spielen, singen und lachen gemeinsam und hören biblische Geschichten von Jesus. Du verbringst einen grossen Teil der Zeit in der Interessengruppe, die du selber wählst. Alter: ab 5 Jahren bis und mit 5. Klasse. Kosten: 25.- pro Kind (ab dem 3. Kind der Familie gratis). Ab der 6. Klasse darfst du als Minileiter dabei sein.Verantwortlich: Lisa Gerber, 076 759 60 08 und Sahra Wenger, 079 449 83 97. Weitere Mitwirkende: EGW und Bewegung Plus.weitere Infos: 2026 - Kinderwoche Worb</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Gospel Family</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L57" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch, Gospel Family
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M57" t="inlineStr"/>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>Spaziergruppe Easy</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
+        <is>
+          <t>13:20</t>
+        </is>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>Worb RBS</t>
+        </is>
+      </c>
+      <c r="L58" t="inlineStr">
+        <is>
+          <t>Rundweg Engehalbinsel
+Treffpunkt: Worb RBS 13.20h, Abfahrt 13.30h. S7, Hinfahrt 3 Zonen Tageskarte. Leitung: Fritz Bösiger 031 351 13 16 Léonie Moser 079 645 59 26</t>
+        </is>
+      </c>
+      <c r="M58" t="inlineStr">
+        <is>
+          <t>unter Angebote Generation 60plus finden Sie die Spaziergruppe Easy Broschüre</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L59" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 13.4., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M59" t="inlineStr"/>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G60" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L60" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Annette Unternährer
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M60" t="inlineStr"/>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>Wandergruppe Moderato</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr">
+        <is>
+          <t>07:30</t>
+        </is>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>Worb Dorf</t>
+        </is>
+      </c>
+      <c r="L61" t="inlineStr">
+        <is>
+          <t>Wasserschloss Brugg AG</t>
+        </is>
+      </c>
+      <c r="M61" t="inlineStr">
+        <is>
+          <t>Anmeldung erforderlichLeitung: Marianne Berger 031 839 39 37 / 079 534 50 61,Dora lsaak 031 839 18 19 / 079 712 21 58unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L62" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M62" t="inlineStr"/>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Chor EGW</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L63" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Annette Unternährer, Chor EGW
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M63" t="inlineStr"/>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>HEREINSPAZIERT....</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G64" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L64" t="inlineStr">
+        <is>
+          <t>Hereinspaziert lädt dazu ein, sich vertieft mit dem gegebenen Thema auseinander zu setzen: Anregend, nachdenklich, unterhaltend.</t>
+        </is>
+      </c>
+      <c r="M64" t="inlineStr">
+        <is>
+          <t>Vorbereitet und moderiert durch Sozialdiakonin Erika Neuhaus, Telefon 031 839 50 77 / erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>Gartencafé im Pfarrhausgarten der Kirche Worb</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G65" t="inlineStr">
+        <is>
+          <t>14:00</t>
+        </is>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>Pfarrhausgarten Kirche Worb bei schlechtem Wetter KGH Worb</t>
+        </is>
+      </c>
+      <c r="L65" t="inlineStr">
+        <is>
+          <t>Es bewirtet Sie die Männergruppe Worb. Sie offeriert Kafi, Mineral und Kuchen</t>
+        </is>
+      </c>
+      <c r="M65" t="inlineStr">
+        <is>
+          <t>Hier finden Sie unseren Flyer Gartencafé 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>Konfirmations-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G66" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L66" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M66" t="inlineStr">
+        <is>
+          <t>Konfirmandinnen und Konfirmanden der Klasse von Daniel Marti</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>Gottesdienst, Abschlussfeier KUW5</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G67" t="inlineStr">
+        <is>
+          <t>18:45</t>
+        </is>
+      </c>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L67" t="inlineStr">
+        <is>
+          <t>Koordinatorin/Katechetin Isabel Carreño und Katechetin Tabea Müller-Gyger, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M67" t="inlineStr"/>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G68" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L68" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 4.5., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M68" t="inlineStr"/>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>Konfirmations-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F69" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G69" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L69" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M69" t="inlineStr">
+        <is>
+          <t>Konfirmandinnen und Konfirmanden der Klasse von Nadja Heimlicher</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>Spaziergruppe Easy</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F70" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G70" t="inlineStr">
+        <is>
+          <t>10:50</t>
+        </is>
+      </c>
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>Worb RBS</t>
+        </is>
+      </c>
+      <c r="L70" t="inlineStr">
+        <is>
+          <t>Hondrich Schulh. - Faulensee
+Treffpunkt: Worb RBS 10.50h, Abfahrt 11.01h. T6, 7 Zonen Tageskarte. Leitung: Léonie Moser 079 645 59 26, Fritz Bösiger 031 351 13 16</t>
+        </is>
+      </c>
+      <c r="M70" t="inlineStr">
+        <is>
+          <t>unter Angebote Generation 60plus finden Sie die Spaziergruppe Easy Broschüre</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>Andacht unterwegs mit der DGR (Dorfgemeinschaft Rüfenacht)</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F71" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G71" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L71" t="inlineStr">
+        <is>
+          <t>Auffahrtswanderung mit Pfarrerperson offen</t>
+        </is>
+      </c>
+      <c r="M71" t="inlineStr">
+        <is>
+          <t>Die Auffahrtswanderung findet nur bei gutem Wetter statt. Info über die Durchführung gibt im Zweifelsfall ab 7 Uhr: ...., 031 839 ...</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>Auffahrts-Gottesdienst mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L72" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M72" t="inlineStr"/>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Härzbluet-Chor Wattenwil Bangerten</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L73" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Annette Unternährer, Härzbluet-Chor Wattenwil Bangerten,
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M73" t="inlineStr"/>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G74" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L74" t="inlineStr">
+        <is>
+          <t>Gemeindeleiter Peter Sladkovic-Büchel, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M74" t="inlineStr"/>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>Gottesdienst KUW5</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G75" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L75" t="inlineStr">
+        <is>
+          <t>Katechetin Regula Berger, Orgel Katrin Günther</t>
+        </is>
+      </c>
+      <c r="M75" t="inlineStr"/>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>Wandergruppe Moderato</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G76" t="inlineStr">
+        <is>
+          <t>07:00</t>
+        </is>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>Worb Dorf</t>
+        </is>
+      </c>
+      <c r="L76" t="inlineStr">
+        <is>
+          <t>Wanderung über den Sonnenberg
+Zeiningen - Sonnenberg - Rheinfelden</t>
+        </is>
+      </c>
+      <c r="M76" t="inlineStr">
+        <is>
+          <t>Anmeldung erforderlichLeitung: Peter Kühn 031 839 19 92 / 079 822 92 25Marianne Berger 031 839 39 37 / 079 534 50 61unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>Gottesdienst zu Pfingsten mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G77" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L77" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Annette Unternährer
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M77" t="inlineStr"/>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G78" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L78" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M78" t="inlineStr"/>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>Spiel, Spass und Segen - Tauferinnerungs-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>Sa</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G79" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L79" t="inlineStr">
+        <is>
+          <t>Pfarrerperson offen, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M79" t="inlineStr"/>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>Konfirmations-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G80" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L80" t="inlineStr">
+        <is>
+          <t>Katechetin Regula Berger, Orgel Katrin Günther</t>
+        </is>
+      </c>
+      <c r="M80" t="inlineStr">
+        <is>
+          <t>Konfirmandinnen und Konfirmanden der Klasse von Regula Berger</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>Gartencafé im Pfarrhausgarten der Kirche Worb</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G81" t="inlineStr">
+        <is>
+          <t>14:00</t>
+        </is>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>Pfarrhausgarten Kirche Worb bei schlechtem Wetter KGH Worb</t>
+        </is>
+      </c>
+      <c r="L81" t="inlineStr">
+        <is>
+          <t>Es bewirtet Sie die Männergruppe Worb. Sie offeriert Kafi, Mineral und Kuchen</t>
+        </is>
+      </c>
+      <c r="M81" t="inlineStr">
+        <is>
+          <t>Hier finden Sie unseren Flyer Gartencafé 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Frauenchor Richigen</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G82" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L82" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch, Frauenchor Richigen
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M82" t="inlineStr"/>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>Spaziergruppe Easy</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G83" t="inlineStr">
+        <is>
+          <t>12:50</t>
+        </is>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>Worb RBS</t>
+        </is>
+      </c>
+      <c r="L83" t="inlineStr">
+        <is>
+          <t>Hegidorn - Allenlüften
+Treffpunkt: Worb RBS 12.50h, Abfahrt 13.00h. S7, Hinfahrt 5 Zonen Tageskarte. Leitung: Heidi Zwahlen, 031 839 96 77, Léonie Moser 079 645 59 26</t>
+        </is>
+      </c>
+      <c r="M83" t="inlineStr">
+        <is>
+          <t>unter Angebote Generation 60plus finden Sie die Spaziergruppe Easy Broschüre</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>Aussen-Gottesdienst zum Flüchtlingssonntag mit Frauenchor Richigen und interkulturellem Chor Worb</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G84" t="inlineStr">
+        <is>
+          <t>11:00</t>
+        </is>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>Enggistein Gutshof</t>
+        </is>
+      </c>
+      <c r="L84" t="inlineStr">
+        <is>
+          <t>Interkulturelle Einweihungsfeier des Spielplatzes in Enggistein Gutshof mit Mittagessen
+Pfarrer Daniel Marti, Frauenchor Richigen mit dem Interkulturellem Chor Worb</t>
+        </is>
+      </c>
+      <c r="M84" t="inlineStr"/>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L85" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr"/>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G86" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L86" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 15.6., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M86" t="inlineStr"/>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>Wandergruppe Moderato</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G87" t="inlineStr">
+        <is>
+          <t>07:55</t>
+        </is>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>Worb Dorf</t>
+        </is>
+      </c>
+      <c r="L87" t="inlineStr">
+        <is>
+          <t>Eriz Rotmoos am Fusse des Hohgants</t>
+        </is>
+      </c>
+      <c r="M87" t="inlineStr">
+        <is>
+          <t>Anmeldung erforderlichLeitung: Dora lsaak 031 839 18 19 / 079 712 21 58Marianne Berger 031 839 39 37 / 079 534 50 61unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>Open-Air-Gottesdienst auf der Lehnrütti</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>Brätlistelle Lehnrütti</t>
+        </is>
+      </c>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Musik offen. Gemeinsames Cervelat-Bräteln.
+bei unsicherer Witterung Kirche Worb, Info betr. Durchführung im Zweifelsfall ab 7.00: Frau Pfarrerin Nadja Heimlicher, 031 839 73 84. Anmeldung für organisierten Fahrdienst: 079 371 95 69</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr"/>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G89" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L89" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M89" t="inlineStr"/>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>Hof-Gottesdienst mit Turnerchörli</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F90" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G90" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>bei der Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L90" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Katrin Günther, Turnerchörli.
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M90" t="inlineStr"/>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>Gartencafé im Pfarrhausgarten der Kirche Worb</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="F91" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G91" t="inlineStr">
+        <is>
+          <t>14:00</t>
+        </is>
+      </c>
+      <c r="H91" t="inlineStr">
+        <is>
+          <t>Pfarrhausgarten Kirche Worb bei schlechtem Wetter KGH Worb</t>
+        </is>
+      </c>
+      <c r="L91" t="inlineStr">
+        <is>
+          <t>Es bewirtet Sie die Männergruppe Worb. Sie offeriert Kafi, Mineral und Kuchen</t>
+        </is>
+      </c>
+      <c r="M91" t="inlineStr">
+        <is>
+          <t>Hier finden Sie unseren Flyer Gartencafé 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Praetorius Consort</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="F92" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G92" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H92" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L92" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch, Praetorius Consort
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M92" t="inlineStr"/>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G93" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L93" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Musik offen
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M93" t="inlineStr"/>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="F94" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G94" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L94" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Musik offen</t>
+        </is>
+      </c>
+      <c r="M94" t="inlineStr"/>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="F95" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G95" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L95" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Katrin Günther
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M95" t="inlineStr"/>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F96" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G96" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L96" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M96" t="inlineStr"/>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>ökumenischer Gottesdienst zum Schulanfang</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F97" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G97" t="inlineStr">
+        <is>
+          <t>17:00</t>
+        </is>
+      </c>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L97" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Koordinatorin KUW/Katechetin Isabel Carreño, Gemeindeleiter Peter Sladkovic-Büchel, Orgel Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M97" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit SegnungIn diesem Familiengottesdienst singen und feiern wir zusammen, halten inne und lassen uns gemeinsam mit einer Geschichte für den ersten Kindergarten-/Schultag ermutigen.Einladungsflyer folgt</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F98" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G98" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H98" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L98" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 10.8., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M98" t="inlineStr"/>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F99" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G99" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L99" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M99" t="inlineStr"/>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Turnerchörli</t>
+        </is>
+      </c>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F100" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G100" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L100" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch, Turnerchörli
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M100" t="inlineStr"/>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F101" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G101" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L101" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Musik offen</t>
+        </is>
+      </c>
+      <c r="M101" t="inlineStr"/>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>Brunnen-Gottesdienst mit Posaunenchor Arni Worb</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G102" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L102" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Posaunenchor Arni Worb
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M102" t="inlineStr"/>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>HEREINSPAZIERT....</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L103" t="inlineStr">
+        <is>
+          <t>Hereinspaziert lädt dazu ein, sich vertieft mit dem gegebenen Thema auseinander zu setzen: Anregend, nachdenklich, unterhaltend.</t>
+        </is>
+      </c>
+      <c r="M103" t="inlineStr">
+        <is>
+          <t>Vorbereitet und moderiert durch Sozialdiakonin Erika Neuhaus, Telefon 031 839 50 77 / erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum Bibelsonntag KUW6</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G104" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L104" t="inlineStr">
+        <is>
+          <t>Katechetin Regula Berger, Orgel Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M104" t="inlineStr"/>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>Friedenslinde-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>Friedenslinde bei der Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L105" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Musik Katrin Günther
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M105" t="inlineStr">
+        <is>
+          <t>(bei schlechtem Wetter Kirche Worb)</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F106" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L106" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M106" t="inlineStr"/>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>Gottesdienst KUW2</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G107" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L107" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Annette Unternährer. Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M107" t="inlineStr"/>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>Gemeinsamer Gottesdienst mit der Kirchgemeinde Vechigen</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>Kirche Vechigen</t>
+        </is>
+      </c>
+      <c r="L108" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Pfarrer Matthias Felder, Musik offen</t>
+        </is>
+      </c>
+      <c r="M108" t="inlineStr"/>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L109" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M109" t="inlineStr"/>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L110" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 14.9., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M110" t="inlineStr"/>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum Bettag mit Abendmahl und Chor Cantica Nova</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L111" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch, Chor Cantica Nova. Herzliche Einladung zum Café und Zwetschgenkuchenessen</t>
+        </is>
+      </c>
+      <c r="M111" t="inlineStr"/>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G112" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L112" t="inlineStr">
+        <is>
+          <t>Pfarrerperson offen, Musik offen
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M112" t="inlineStr"/>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Chor EGW</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L113" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch, Chor EGW.
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M113" t="inlineStr"/>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Singprojekt</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F114" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L114" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Katrin Günther
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M114" t="inlineStr"/>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L115" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 12.10., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M115" t="inlineStr"/>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum Erntedank mit Jodler-Doppelquartett</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F116" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G116" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L116" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Annette Unternährer, Jodler-Doppelquartett
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M116" t="inlineStr"/>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G117" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H117" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L117" t="inlineStr">
+        <is>
+          <t>Gemeindeleiter Peter Sladkovic-Büchel, Orgel Katrin Günther</t>
+        </is>
+      </c>
+      <c r="M117" t="inlineStr"/>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>69er-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr">
+        <is>
+          <t>17:00</t>
+        </is>
+      </c>
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L118" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Uta Pfautsch
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M118" t="inlineStr"/>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Abendmahl zum Reformationssonntag und mit Chor Cantica Nova</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L119" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Katrin Günther, Chor Cantica Nova
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M119" t="inlineStr"/>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>Kirchenbasar mit liturgischem Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F120" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G120" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>in und um der Kirche/Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L120" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn zum Auftakt des Kirchenbasars. Kirchenmusikerin Katrin Günther.
+Sie sind herzlich eingeladen zu unserem traditionellen Basar mit Musik, Kulinarik, Ständen, Spiel und Spass. Mit den Einnahmen unterstützen wir ....</t>
+        </is>
+      </c>
+      <c r="M120" t="inlineStr">
+        <is>
+          <t>Infos zum Spendenprojekt folgendetailliertes Programm folgt</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F121" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G121" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H121" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L121" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M121" t="inlineStr"/>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F122" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G122" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L122" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 9.11., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M122" t="inlineStr"/>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G123" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L123" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Katrin Günther
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M123" t="inlineStr"/>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F124" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G124" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L124" t="inlineStr">
+        <is>
+          <t>Pfarrer Andy Vogt EGW, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M124" t="inlineStr"/>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>HEREINSPAZIERT....</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F125" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G125" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L125" t="inlineStr">
+        <is>
+          <t>Hereinspaziert lädt dazu ein, sich vertieft mit dem gegebenen Thema auseinander zu setzen: Anregend, nachdenklich, unterhaltend.</t>
+        </is>
+      </c>
+      <c r="M125" t="inlineStr">
+        <is>
+          <t>Vorbereitet und moderiert offen</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum Ewigkeitssonntag</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F126" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G126" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H126" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L126" t="inlineStr">
+        <is>
+          <t>Pfarrteam, unter dem Lead von Pfarrperson offen, Orgel Annette Unternährer
+Herzliche Einladung zum Tee auf dem Friedhof Worb</t>
+        </is>
+      </c>
+      <c r="M126" t="inlineStr"/>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum 1. Advent mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F127" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G127" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L127" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M127" t="inlineStr"/>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>Worber Weihnachtsmärit</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>Sa</t>
+        </is>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F128" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G128" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>Worb Weihnachtsmarkt</t>
+        </is>
+      </c>
+      <c r="L128" t="inlineStr">
+        <is>
+          <t>Die Kirchgemeinde Worb wird dieses Jahr auf dem Weihnachtsmarkt einen Stand haben.</t>
+        </is>
+      </c>
+      <c r="M128" t="inlineStr">
+        <is>
+          <t>weitere Infos auf Webseite Worber Weihnacht – Weihnachten in Worb</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>Worber Weihnachtsmärit am 2. Advent</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G129" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>Worb Weihnachtsmarkt</t>
+        </is>
+      </c>
+      <c r="L129" t="inlineStr">
+        <is>
+          <t>Die Kirchgemeinde Worb wird dieses Jahr auf dem Weihnachtsmarkt einen Stand haben.</t>
+        </is>
+      </c>
+      <c r="M129" t="inlineStr">
+        <is>
+          <t>weitere Infos auf Webseite Worber Weihnacht – Weihnachten in Worb</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>Ökumenischer Gottesdienst zum 2. Advent auf dem Worber Weihnachtsmärit</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F130" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G130" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>Worb Weihnachtsmarkt</t>
+        </is>
+      </c>
+      <c r="L130" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Gemeindeleiter Peter Sladkovic-Büchel, Musik offen</t>
+        </is>
+      </c>
+      <c r="M130" t="inlineStr"/>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B131" t="inlineStr">
         <is>
           <t>Zäme ässe Generation 60plus mit vorweihnachtlichem Zusammensein</t>
         </is>
       </c>
-      <c r="C36" t="inlineStr">
+      <c r="C131" t="inlineStr">
         <is>
           <t>Do</t>
         </is>
       </c>
-      <c r="D36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E36" t="inlineStr">
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G36" t="inlineStr">
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G131" t="inlineStr">
         <is>
           <t>12:00</t>
         </is>
       </c>
-      <c r="H36" t="inlineStr">
+      <c r="H131" t="inlineStr">
         <is>
           <t>Kirchgemeindehaus Worb</t>
         </is>
       </c>
-      <c r="L36" t="inlineStr">
+      <c r="L131" t="inlineStr">
         <is>
           <t>Nebst einem feinen Dezembermenü verweilen wir vor dem festlich geschmückten Weihnachtsbaum mit Musik, Liedern und einer Geschichte.
 (Dauer bis ca. 16:00 Uhr)</t>
         </is>
       </c>
-      <c r="M36" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A37" t="inlineStr">
+      <c r="M131" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 7.12., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F132" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G132" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L132" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M132" t="inlineStr"/>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum 3. Advent mit Chor VSeSe</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F133" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G133" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L133" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Katrin Günther, Chor VSeSe
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M133" t="inlineStr"/>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F134" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G134" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H134" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L134" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M134" t="inlineStr"/>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>voraussichtlich lichtbringendes Sternsingen mit Aussendungsfeier in der reformierten Kirche Worb</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F135" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr">
+        <is>
+          <t>16:30</t>
+        </is>
+      </c>
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L135" t="inlineStr">
+        <is>
+          <t>Wir starten gemeinsam mit einer kurzen, öffentlichen Feier in der Kirche Worb und senden von dort die Sternsängerinnen und Sternsänger in die Quartiere und Ortschaften aus.
+Team Katechetik, Orgel in Kirche Katrin Günther</t>
+        </is>
+      </c>
+      <c r="M135" t="inlineStr">
+        <is>
+          <t>Routenplan, Details und Mitwirkende werden noch mitgeteilt</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum 4. Advent</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F136" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G136" t="inlineStr">
+        <is>
+          <t>17:00</t>
+        </is>
+      </c>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L136" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M136" t="inlineStr"/>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>Gottesdienst am Heiligen Abend</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F137" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G137" t="inlineStr">
+        <is>
+          <t>16:30</t>
+        </is>
+      </c>
+      <c r="H137" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L137" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M137" t="inlineStr"/>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
         <is>
           <t>Agenda</t>
         </is>
       </c>
-      <c r="B37" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C37" t="inlineStr">
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>Gemeinsames Feiern am Heiligen Abend</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F138" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G138" t="inlineStr">
+        <is>
+          <t>18:00</t>
+        </is>
+      </c>
+      <c r="H138" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L138" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Sozialdiakonin Erika Neuhaus, Musik Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M138" t="inlineStr">
+        <is>
+          <t>Programm folgt</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>Gottesdienst zur Christnacht</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F139" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G139" t="inlineStr">
+        <is>
+          <t>22:00</t>
+        </is>
+      </c>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L139" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Katrin Günther</t>
+        </is>
+      </c>
+      <c r="M139" t="inlineStr"/>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>Gottesdienst an Weihnachten mit Abendmahl und Chor Cantica Nova</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
         <is>
           <t>Fr</t>
         </is>
       </c>
-      <c r="D37" t="inlineStr">
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="E37" t="inlineStr">
+      <c r="F140" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G140" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H140" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L140" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Uta Pfautsch, Chor Cantica Nova</t>
+        </is>
+      </c>
+      <c r="M140" t="inlineStr"/>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F37" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C38" t="inlineStr">
+      <c r="F141" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G141" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L141" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Katrin Günther
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M141" t="inlineStr"/>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>Gottesdienst, Wort und Musik zum Neuen Jahr</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
         <is>
           <t>Fr</t>
         </is>
       </c>
-      <c r="D38" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H38" t="inlineStr">
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="F142" t="inlineStr">
+        <is>
+          <t>2027</t>
+        </is>
+      </c>
+      <c r="G142" t="inlineStr">
+        <is>
+          <t>17:00</t>
+        </is>
+      </c>
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L142" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Annette Unternährer
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M142" t="inlineStr"/>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="F143" t="inlineStr">
+        <is>
+          <t>2027</t>
+        </is>
+      </c>
+      <c r="G143" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H143" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
-      <c r="L38" t="inlineStr">
-[...1992 lines deleted...]
-      <c r="L78" t="inlineStr">
+      <c r="L143" t="inlineStr">
         <is>
           <t>Pfarrperson offen, Musik offen
 Herzliche Einladung zum Kirchenkaffee</t>
         </is>
       </c>
-      <c r="M78" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B79" t="inlineStr">
+      <c r="M143" t="inlineStr"/>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B144" t="inlineStr">
         <is>
           <t>Gottesdienst</t>
         </is>
       </c>
-      <c r="C79" t="inlineStr">
+      <c r="C144" t="inlineStr">
         <is>
           <t>So</t>
         </is>
       </c>
-      <c r="D79" t="inlineStr">
-[...14 lines deleted...]
-      <c r="G79" t="inlineStr">
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="F144" t="inlineStr">
+        <is>
+          <t>2027</t>
+        </is>
+      </c>
+      <c r="G144" t="inlineStr">
         <is>
           <t>09:30</t>
         </is>
       </c>
-      <c r="H79" t="inlineStr">
-[...48 lines deleted...]
-      <c r="H80" t="inlineStr">
+      <c r="H144" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
-      <c r="L80" t="inlineStr">
-[...692 lines deleted...]
-      <c r="L94" t="inlineStr">
+      <c r="L144" t="inlineStr">
         <is>
           <t>Pfarrperson offen, Musik offen
 Herzliche Einladung zum Kirchenkaffee</t>
         </is>
       </c>
-      <c r="M94" t="inlineStr"/>
-[...2392 lines deleted...]
-      <c r="M143" t="inlineStr"/>
+      <c r="M144" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>