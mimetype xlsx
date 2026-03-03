--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M144"/>
+  <dimension ref="A1:M123"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Eventtyp</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Titel</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Wochentag</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -488,7209 +488,6165 @@
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>PLZ</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Stadt</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Kurzbeschreibung</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Text</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Agenda, Gottesdienst</t>
+          <t>Agenda</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Liturgischer Tagesbeginn</t>
+          <t>"Du verwandelst meine Klage in Tanz" - Tanzzyklus</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Fr</t>
+          <t>Di</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>03</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>01</t>
+          <t>03</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>2026</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>09:00</t>
+          <t>19:30</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
-        <is>
-[...1112 lines deleted...]
-      <c r="L24" t="inlineStr">
         <is>
           <t>Sich von Musik und Bewegung, Texten und Gemeinschaft berühren lassen. Ein Weg zu sich und in die Stille.
 Wann: Di, 24. Feb, 3., 10. und 17. März 2026, 19.30 - 21.30
 Mi, 18. März 2026, 19.00 Taizé-Liturgie zum Mitfeiern und Tanzen zu Live-Musik
-Leitung: Daniela Sigrist, Anmeldung: bitte bis 14. Februar 2026</t>
-[...2 lines deleted...]
-      <c r="M24" t="inlineStr">
+Leitung: Daniela Siegrist, Anmeldung: bitte bis 22. Februar 2026</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
         <is>
           <t>Leitung: Daniela Sigrist, 079 535 03 23, siegrist71@gmx.ch, Anmeldung: bis 14. Februar 2026hier geht's zum Flyer</t>
         </is>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" t="inlineStr">
+    <row r="3">
+      <c r="A3" t="inlineStr">
         <is>
           <t>Agenda</t>
         </is>
       </c>
-      <c r="B25" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C25" t="inlineStr">
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>"Baustelle Menschsein" Lesung mit Esther Pauchard</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Esther Pauchard, Fachärztin für Psychotherapie und Psychiatrie, liest aus ihrem neuen Sachbuch. (Veranstaltung gemeinsam mit der Schmökerei Worb).</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>Jeder von uns ist in seinem Alltag ständig mit Problemen konfrontiert. Die Herausforderungen scheinen endlos, überwältigend und unlösbar zu sein. Wie bleiben wir im Angesicht komplexer und langanhaltender Schwierigkeiten stabil und gelassen?Kontakt: Pfarrer Daniel Marti, 031 839 00 90, daniel.marti@refkircheworb.chhier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Gartencafé im Pfarrhausgarten der Kirche Worb</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
         <is>
           <t>Do</t>
         </is>
       </c>
-      <c r="D25" t="inlineStr">
-[...36 lines deleted...]
-      <c r="A26" t="inlineStr">
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>14:00</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Pfarrhausgarten Kirche Worb bei schlechtem Wetter KGH Worb</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Es bewirtet Sie die Männergruppe Worb. Sie offeriert Kafi, Mineral und Kuchen</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>Hier finden Sie unseren Flyer Gartencafé 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
         <is>
           <t>Agenda, Veranstaltung</t>
         </is>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Ökumenischer Suppentag</t>
         </is>
       </c>
-      <c r="C26" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Fr</t>
         </is>
       </c>
-      <c r="D26" t="inlineStr">
-[...14 lines deleted...]
-      <c r="G26" t="inlineStr">
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
         <is>
           <t>11:30</t>
         </is>
       </c>
-      <c r="H26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L26" t="inlineStr">
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>EGW Worb, Bernstrasse 11</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
         <is>
           <t>Es laden herzlich ein: Katholische Pfarrei St. Martin, Reformierte Kirchgemeinde Worb und Evangelisches Gemeinschaftswerk Worb</t>
         </is>
       </c>
-      <c r="M26" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A27" t="inlineStr">
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>Kartoffelsuppehier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum Weltgebetstag</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Freiwilligenteam der Reformierten und Katholischen Kirchen Worb. Pfarrerin Linda Grüter, Sozialdiakonin Lisa Gerber, Orgel Annette Unternährer. Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>hier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Worber Jugendblasorchester</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Annette Unternährer, Worber Jugendblasorchester.
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Agenda</t>
         </is>
       </c>
-      <c r="B27" t="inlineStr">
-[...67 lines deleted...]
-      <c r="E28" t="inlineStr">
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>"Du verwandelst meine Klage in Tanz" / Sing- und Musizierprojekt</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Di</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
         <is>
           <t>03</t>
         </is>
       </c>
-      <c r="F28" t="inlineStr">
-[...43 lines deleted...]
-      <c r="E29" t="inlineStr">
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Kirchegemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Alle, die gern singen und musizieren, sind herzlich eingeladen, in zwei Proben die Gesänge der Taizé-Feier vom Mittwoch, 18. März, gemeinsam vorzubereiten.</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>Leitung: Katrin Günther, Anmeldung bitte bis 1. März, 031 992 83 49 / katrin.guenther@refkircheworb.chWann: Di, 10. und 17. März 2026, 19.30 - 21.30Mi, 18. März 2026, 18.00 Ansingprobe / 19.00 Taizé-Feierhier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>"Du verwandelst meine Klage in Tanz" - Tanzzyklus</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Di</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
         <is>
           <t>03</t>
         </is>
       </c>
-      <c r="F29" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H29" t="inlineStr">
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
-      <c r="L29" t="inlineStr">
-[...99 lines deleted...]
-      <c r="L31" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Sich von Musik und Bewegung, Texten und Gemeinschaft berühren lassen. Ein Weg zu sich und in die Stille.
 Wann: Di, 24. Feb, 3., 10. und 17. März 2026, 19.30 - 21.30
 Mi, 18. März 2026, 19.00 Taizé-Liturgie zum Mitfeiern und Tanzen zu Live-Musik
-Leitung: Daniela Sigrist, Anmeldung: bitte bis 14. Februar 2026</t>
-[...2 lines deleted...]
-      <c r="M31" t="inlineStr">
+Leitung: Daniela Siegrist, Anmeldung: bitte bis 22. Februar 2026</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
         <is>
           <t>Leitung: Daniela Sigrist, 079 535 03 23, siegrist71@gmx.ch, Anmeldung: bis 14. Februar 2026hier geht's zum Flyer</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="A32" t="inlineStr">
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Agenda</t>
         </is>
       </c>
-      <c r="B32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C32" t="inlineStr">
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Spaziergruppe Easy</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
         <is>
           <t>Mi</t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E32" t="inlineStr">
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
         <is>
           <t>03</t>
         </is>
       </c>
-      <c r="F32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G32" t="inlineStr">
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>12:20</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Worb RBS</t>
+        </is>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>Oberwil b. Büren nach Büren a. A.
+Treffpunkt: Worb RBS 12.20h, Abfahrt 12.30h. S7, Hinfahrt 6 Zonen Tageskarte. Leitung: Léonie Moser 079 645 59 26, Heidi Zwahlen, 031 839 96 77</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>unter Angebote Generation 60plus finden Sie die Spaziergruppe Easy Broschüre</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Männergruppe</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>18:15</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Pfarrhausstöckli Worb</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>Ausflug mit Essen bei Fäbus Big Burger in Rubigen
+wir treffen uns um 18.15 beim Pfarrhausstöckli, Abfahrt um 18.30 / Essen auf Eigenkosten, Getränke bezahlt die Kirchgemeinde
+Anmeldung erforderlich. Auskunft bei Harri Wäfler, Tel. 078 766 87 82</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>Hier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 9.3., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M12" t="inlineStr"/>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M13" t="inlineStr"/>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Ökumenischer Suppentag</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>11:30</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Pfarrei St. Martin, Worb</t>
+        </is>
+      </c>
+      <c r="L14" t="inlineStr">
+        <is>
+          <t>Es laden herzlich ein: Katholische Pfarrei St. Martin, Reformierte Kirchgemeinde Worb und Evangelisches Gemeinschaftswerk Worb.</t>
+        </is>
+      </c>
+      <c r="M14" t="inlineStr">
+        <is>
+          <t>GerstensuppeAuch Takeaway möglich, bitte eigenes Gefäss mitbringen.Auskunft erteilt Erika Neuhaus, Tel. 031 839 50 77, erika.neuhaus@refkircheworb.chhier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Jugendgottesdienst</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>Mitten im Alltag der Himmel
+Pfarrerin Nadja Heimlicher, Orgel Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr"/>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Gottesdienst KUW3 mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>Pfarrerin Rahel Vögeli, Koordinatorin/Katechetin Isabel Carreño, Katechetin Tabea Müller-Gyger, Orgel Uta Pfautsch.
+Herzliche Einladung zum Kirchenkaffee
+Im Anschluss an den Gottesdienst laden wir Sie zur ausserordentlichen Kirchgemeindeversammlung ein: Wahl zur Neubesetzung einer Pfarrperson</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr"/>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Ökumenische Fastenwoche 26</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>18:00</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Kath. Kirche / Pfarrei St. Martin Worb</t>
+        </is>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>Vom Sonntag 15. bis Sonntag 22. März laden wir wieder zur bewährten Fastenwoche ein; täglich um 18.00 Uhr um miteinander einen Bibeltext zu meditieren und bei einer Tasse Tee über unsere Fastenerfahrungen auszutauschen. Fasten ist auf vielfältige Weise möglich. Manche fasten Zucker, Kaffee, Alkohol, Fleisch oder Medienkonsum. Manche verzichten eine Woche auf das Essen. Im Vordergrund steht die Erfahrung und Verheissung, dass Verzichten zutiefst bereichern kann.</t>
+        </is>
+      </c>
+      <c r="M17" t="inlineStr">
+        <is>
+          <t>Für weitere Informationen wenden Sie sich bitte an Daniel Marti oder Peter Sladkovic</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>"Du verwandelst meine Klage in Tanz" / Sing- und Musizierprojekt</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>Di</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
         <is>
           <t>19:30</t>
         </is>
       </c>
-      <c r="H32" t="inlineStr">
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Kirchegemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>Alle, die gern singen und musizieren, sind herzlich eingeladen, in zwei Proben die Gesänge der Taizé-Feier vom Mittwoch, 18. März, gemeinsam vorzubereiten.</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>Leitung: Katrin Günther, Anmeldung bitte bis 1. März, 031 992 83 49 / katrin.guenther@refkircheworb.chWann: Di, 10. und 17. März 2026, 19.30 - 21.30Mi, 18. März 2026, 18.00 Ansingprobe / 19.00 Taizé-Feierhier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>"Du verwandelst meine Klage in Tanz" - Tanzzyklus</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Di</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
-      <c r="L32" t="inlineStr">
-[...308 lines deleted...]
-      <c r="L38" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Sich von Musik und Bewegung, Texten und Gemeinschaft berühren lassen. Ein Weg zu sich und in die Stille.
 Wann: Di, 24. Feb, 3., 10. und 17. März 2026, 19.30 - 21.30
 Mi, 18. März 2026, 19.00 Taizé-Liturgie zum Mitfeiern und Tanzen zu Live-Musik
-Leitung: Daniela Sigrist, Anmeldung: bitte bis 14. Februar 2026</t>
-[...2 lines deleted...]
-      <c r="M38" t="inlineStr">
+Leitung: Daniela Siegrist, Anmeldung: bitte bis 22. Februar 2026</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr">
         <is>
           <t>Leitung: Daniela Sigrist, 079 535 03 23, siegrist71@gmx.ch, Anmeldung: bis 14. Februar 2026hier geht's zum Flyer</t>
         </is>
       </c>
     </row>
-    <row r="39">
-[...10 lines deleted...]
-      <c r="C39" t="inlineStr">
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Liturgische Taizé-Feier mit Tanz "Du verwandelst meine Klage in Tanz"</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
         <is>
           <t>Mi</t>
         </is>
       </c>
-      <c r="D39" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E39" t="inlineStr">
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
         <is>
           <t>03</t>
         </is>
       </c>
-      <c r="F39" t="inlineStr">
-[...110 lines deleted...]
-      <c r="H41" t="inlineStr">
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
-      <c r="L41" t="inlineStr">
-[...304 lines deleted...]
-      <c r="L47" t="inlineStr">
+      <c r="L20" t="inlineStr">
         <is>
           <t>Tanzgruppe* unter der Leitung von Daniela Siegrist, Chor* und Instrumentalensemble* unter der Leitung von Kirchenmusikerin Katrin Günther, Pfarrerin Nadja Heimlicher
 (*Herzliche Einladung zu Vorbereitungs-Proben)</t>
         </is>
       </c>
-      <c r="M47" t="inlineStr">
+      <c r="M20" t="inlineStr">
         <is>
           <t>hier geht's zum Flyer</t>
         </is>
       </c>
     </row>
-    <row r="48">
-      <c r="A48" t="inlineStr">
+    <row r="21">
+      <c r="A21" t="inlineStr">
         <is>
           <t>Agenda</t>
         </is>
       </c>
-      <c r="B48" t="inlineStr">
+      <c r="B21" t="inlineStr">
         <is>
           <t>Wandergruppe Moderato</t>
         </is>
       </c>
-      <c r="C48" t="inlineStr">
+      <c r="C21" t="inlineStr">
         <is>
           <t>Fr</t>
         </is>
       </c>
-      <c r="D48" t="inlineStr">
+      <c r="D21" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="E48" t="inlineStr">
+      <c r="E21" t="inlineStr">
         <is>
           <t>03</t>
         </is>
       </c>
-      <c r="F48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G48" t="inlineStr">
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
         <is>
           <t>07:00</t>
         </is>
       </c>
-      <c r="H48" t="inlineStr">
+      <c r="H21" t="inlineStr">
         <is>
           <t>Worb Dorf</t>
         </is>
       </c>
-      <c r="L48" t="inlineStr">
+      <c r="L21" t="inlineStr">
         <is>
           <t>Auf der Suche nach den Basler Rebbergtulpen</t>
         </is>
       </c>
-      <c r="M48" t="inlineStr">
+      <c r="M21" t="inlineStr">
         <is>
           <t>Anmeldung erforderlichLeitung: Richard Volz 031 839 57 70 / 076 439 57 70Dora Isaak 031 839 18 19 / 079 712 21 58unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
         </is>
       </c>
     </row>
-    <row r="49">
-[...5 lines deleted...]
-      <c r="B49" t="inlineStr">
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
         <is>
           <t>Gottesdienst, Predigtreihe Psalmen, Verabschiedung Pfarrerin Linda Grüter</t>
         </is>
       </c>
-      <c r="C49" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t>So</t>
         </is>
       </c>
-      <c r="D49" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
-      <c r="E49" t="inlineStr">
+      <c r="E22" t="inlineStr">
         <is>
           <t>03</t>
         </is>
       </c>
-      <c r="F49" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G49" t="inlineStr">
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
         <is>
           <t>09:30</t>
         </is>
       </c>
-      <c r="H49" t="inlineStr">
+      <c r="H22" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
-      <c r="L49" t="inlineStr">
+      <c r="L22" t="inlineStr">
         <is>
           <t>Singt dem Herrn ein neues Lied (Ps 98)
 Pfarrerin Linda Grüter, Orgel Uta Pfautsch
 In drei Gottesdiensten vertiefen wir uns in die Texte der Psalmen und fragen nach ihrer Bedeutung für uns heute.
 Verabschiedung von unserer Pfarrerin Linda Grüter
 Herzliche Einladung zum Apéro</t>
         </is>
       </c>
-      <c r="M49" t="inlineStr">
+      <c r="M22" t="inlineStr">
         <is>
           <t>hier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
         </is>
       </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Biblische Lieder von Antonín Dvořák (1841–1904) / Konzert und Psalmlesung</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L23" t="inlineStr">
+        <is>
+          <t>Konzert und Psalmlesung mit Martina Janková, Sopran; Katrin Günther, Orgel und Nadja Heimlicher, Lesungen</t>
+        </is>
+      </c>
+      <c r="M23" t="inlineStr">
+        <is>
+          <t>Antonín Dvořáks «Biblische Lieder» op. 99 entstanden 1894 in New York und gehören zu den persönlichsten Werken des Komponisten. In inniger Schlichtheit und von tiefem Glauben geprägt, vertonte Dvořák zehn Psalmen der Bibel und machte sie in seiner Muttersprache, dem Tschechischen, singbar. Die Lieder verbinden volksliedhafte Melodik mit romantischem Ausdruck und spannen einen weiten Bogen von verzweifelter Klage bis zu tröstlicher Zuversicht.Kontakt: Katrin Günther, 031 992 83 49, katrin.guenther@refkircheworb.chhier finden Sie unseren Flyer "Durch Feuer und Wasser" / Lebenskrisen und Neuanfänge - eine Themenreihe zu den Psalmen / Januar bis März 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum Palmsonntag, Goldene Konfirmation</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti und Praktikant Jaromir Müller, Orgel Uta Pfautsch, Trompete Astrid Wolfisberg. Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M24" t="inlineStr"/>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Gartencafé im Pfarrhausgarten der Kirche Worb</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
+        <is>
+          <t>14:00</t>
+        </is>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Pfarrhausgarten Kirche Worb bei schlechtem Wetter KGH Worb</t>
+        </is>
+      </c>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>Es bewirtet Sie die Männergruppe Worb. Sie offeriert Kafi, Mineral und Kuchen</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>Hier finden Sie unseren Flyer Gartencafé 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Gottesdienst am Gründonnerstag mit Abendmahl am Tisch</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L26" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M26" t="inlineStr"/>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Gottesdienst am Karfreitag mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L27" t="inlineStr">
+        <is>
+          <t>Pfarrerin Rahel Vögeli, Orgel Annette Unternährer
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M27" t="inlineStr"/>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Gottesdienst zu Ostern, Abendmahl, Eiertütschen</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Ensemble des Berner Münster Jugendchores, Violine Fiona van Vliet, Orgel Katrin Günther
+Herzliche Einladung zum gemeinsamen Eiertütschen</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr"/>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Detektive - Auf wunderbaren Spuren - Kinderwoche in Worb</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Di</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr"/>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Kath. Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L29" t="inlineStr">
+        <is>
+          <t>Vom 7. bis 10. April 2025 findet in der Katholischen Kirche St. Martin in Worb (Bernstrasse 16) die "Kinderwoche Worb - "Detektive - Auf wunderbaren Spuren" statt. Abschlussabend Freitag, 10. April, 19.30 Uhr</t>
+        </is>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>Wir spielen, singen und lachen gemeinsam und hören biblische Geschichten von Jesus. Du verbringst einen grossen Teil der Zeit in der Interessengruppe, die du selber wählst. Alter: ab 5 Jahren bis und mit 5. Klasse. Kosten: 25.- pro Kind (ab dem 3. Kind der Familie gratis). Ab der 6. Klasse darfst du als Minileiter dabei sein.Verantwortlich: Lisa Gerber, 076 759 60 08 und Sahra Wenger, 079 449 83 97. Weitere Mitwirkende: EGW und Bewegung Plus.weitere Infos: 2026 - Kinderwoche Worb hier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Männergruppe</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
+        <is>
+          <t>17:30</t>
+        </is>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>Pfarrhausstöckli Worb</t>
+        </is>
+      </c>
+      <c r="L30" t="inlineStr">
+        <is>
+          <t>indoor schwarzlicht Minigolf Ruswil
+wir treffen uns um 17.30 beim Pfarrhausstöckli Worb, Abfahrt 17.45 / Unkostenbeitrag 20.-
+Anmeldung erforderlich. Auskunft bei Harri Wäfler, Tel. 078 766 87 82</t>
+        </is>
+      </c>
+      <c r="M30" t="inlineStr">
+        <is>
+          <t>Hier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Gospel Family</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L31" t="inlineStr">
+        <is>
+          <t>Pfarrerin Rahel Vögeli, Orgel Uta Pfautsch, Gospel Family
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M31" t="inlineStr"/>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Spaziergruppe Easy</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
+        <is>
+          <t>13:20</t>
+        </is>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>Worb RBS</t>
+        </is>
+      </c>
+      <c r="L32" t="inlineStr">
+        <is>
+          <t>Rundweg Engehalbinsel
+Treffpunkt: Worb RBS 13.20h, Abfahrt 13.30h. S7, Hinfahrt 3 Zonen Tageskarte. Leitung: Fritz Bösiger 031 351 13 16 Léonie Moser 079 645 59 26</t>
+        </is>
+      </c>
+      <c r="M32" t="inlineStr">
+        <is>
+          <t>unter Angebote Generation 60plus finden Sie die Spaziergruppe Easy Broschüre</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L33" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 13.4., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M33" t="inlineStr"/>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L34" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Annette Unternährer
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M34" t="inlineStr"/>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Wandergruppe Moderato</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>07:30</t>
+        </is>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Worb Dorf</t>
+        </is>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>Wasserschloss Brugg AG</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>Anmeldung erforderlichLeitung: Marianne Berger 031 839 39 37 / 079 534 50 61,Dora lsaak 031 839 18 19 / 079 712 21 58unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M36" t="inlineStr"/>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Chor EGW</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L37" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Annette Unternährer, Chor EGW
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M37" t="inlineStr"/>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>HEREINSPAZIERT....</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L38" t="inlineStr">
+        <is>
+          <t>Hereinspaziert lädt dazu ein, sich vertieft mit dem gegebenen Thema auseinander zu setzen: Anregend, nachdenklich, unterhaltend.</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>Vorbereitet und moderiert durch Sozialdiakonin Erika Neuhaus, Telefon 031 839 50 77 / erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Gartencafé im Pfarrhausgarten der Kirche Worb</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>14:00</t>
+        </is>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>Pfarrhausgarten Kirche Worb bei schlechtem Wetter KGH Worb</t>
+        </is>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>Es bewirtet Sie die Männergruppe Worb. Sie offeriert Kafi, Mineral und Kuchen</t>
+        </is>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>Hier finden Sie unseren Flyer Gartencafé 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Konfirmations-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M40" t="inlineStr">
+        <is>
+          <t>Konfirmandinnen und Konfirmanden der Klasse von Daniel Marti</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Gottesdienst, Abschlussfeier KUW5</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
+        <is>
+          <t>18:45</t>
+        </is>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L41" t="inlineStr">
+        <is>
+          <t>Koordinatorin/Katechetin Isabel Carreño und Katechetin Tabea Müller-Gyger, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M41" t="inlineStr"/>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 4.5., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr"/>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Konfirmations-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>Konfirmandinnen und Konfirmanden der Klasse von Nadja Heimlicher</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Spaziergruppe Easy</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
+        <is>
+          <t>10:50</t>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Worb RBS</t>
+        </is>
+      </c>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>Hondrich Schulh. - Faulensee
+Treffpunkt: Worb RBS 10.50h, Abfahrt 11.01h. T6, 7 Zonen Tageskarte. Leitung: Léonie Moser 079 645 59 26, Fritz Bösiger 031 351 13 16</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>unter Angebote Generation 60plus finden Sie die Spaziergruppe Easy Broschüre</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>Männergruppe</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>Die Männergruppe renoviert die Spielhäuschen der British School im Kirchgemeindehaus in Rüfenacht
+am Mi, 13. und Fr, 15. Mai jeweils ab 12.00 Mittag, am Feierabend gibt's Bier &amp; Grill
+bitte anmelden. Auskunft bei Harri Wäfler, Tel. 078 766 87 82</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>Hier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>Andacht unterwegs mit der DGR (Dorfgemeinschaft Rüfenacht)</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L46" t="inlineStr">
+        <is>
+          <t>Auffahrtswanderung mit Pfarrerperson offen</t>
+        </is>
+      </c>
+      <c r="M46" t="inlineStr">
+        <is>
+          <t>Die Auffahrtswanderung findet nur bei gutem Wetter statt. Info über die Durchführung gibt im Zweifelsfall ab 7 Uhr: ...., 031 839 ...</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>Auffahrts-Gottesdienst mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L47" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M47" t="inlineStr"/>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>Männergruppe</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L48" t="inlineStr">
+        <is>
+          <t>Die Männergruppe renoviert die Spielhäuschen der British School im Kirchgemeindehaus in Rüfenacht
+am Mi, 13. und Fr, 15. Mai jeweils ab 12.00 Mittag, am Feierabend gibt's Bier &amp; Grill
+bitte anmelden. Auskunft bei Harri Wäfler, Tel. 078 766 87 82</t>
+        </is>
+      </c>
+      <c r="M48" t="inlineStr">
+        <is>
+          <t>Hier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Härzbluet-Chor Wattenwil Bangerten</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L49" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Annette Unternährer, Härzbluet-Chor Wattenwil Bangerten,
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>Agenda</t>
+          <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Biblische Lieder von Antonín Dvořák (1841–1904) / Konzert und Psalmlesung</t>
+          <t>Ökumenische Taizé-Feier</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Fr</t>
+          <t>Mi</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>20</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>03</t>
+          <t>05</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>2026</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>19:30</t>
+          <t>19:00</t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
-          <t>Konzert und Psalmlesung mit Martina Janková, Sopran; Katrin Günther, Orgel und Nadja Heimlicher, Lesungen</t>
-[...6 lines deleted...]
-      </c>
+          <t>Gemeindeleiter Peter Sladkovic-Büchel, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Gottesdienst zum Palmsonntag, Goldene Konfirmation</t>
+          <t>Gottesdienst KUW5</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L51" t="inlineStr">
+        <is>
+          <t>Katechetin Regula Berger, Orgel Katrin Günther</t>
+        </is>
+      </c>
+      <c r="M51" t="inlineStr"/>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Wandergruppe Moderato</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G52" t="inlineStr">
+        <is>
+          <t>07:00</t>
+        </is>
+      </c>
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>Worb Dorf</t>
+        </is>
+      </c>
+      <c r="L52" t="inlineStr">
+        <is>
+          <t>Wanderung über den Sonnenberg
+Zeiningen - Sonnenberg - Rheinfelden</t>
+        </is>
+      </c>
+      <c r="M52" t="inlineStr">
+        <is>
+          <t>Anmeldung erforderlichLeitung: Peter Kühn 031 839 19 92 / 079 822 92 25Marianne Berger 031 839 39 37 / 079 534 50 61unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>Gottesdienst zu Pfingsten mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
           <t>So</t>
         </is>
       </c>
-      <c r="D51" t="inlineStr">
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L53" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Querflöte Melissa da Silva, Orgel Annette Unternährer
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M53" t="inlineStr"/>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="E51" t="inlineStr">
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L54" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M54" t="inlineStr"/>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>Spiel, Spass und Segen - Tauferinnerungs-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>Sa</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G55" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L55" t="inlineStr">
+        <is>
+          <t>Pfarrerperson offen, Sozialdiakonin Lisa Gerber, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M55" t="inlineStr"/>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>Konfirmations-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G56" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L56" t="inlineStr">
+        <is>
+          <t>Katechetin Regula Berger, Orgel Katrin Günther</t>
+        </is>
+      </c>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>Konfirmandinnen und Konfirmanden der Klasse von Regula Berger</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>Seniorenausflug an den Brienzersee</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
         <is>
           <t>03</t>
         </is>
       </c>
-      <c r="F51" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G51" t="inlineStr">
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
+        <is>
+          <t>12:30</t>
+        </is>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>Abfahrt Sternenplatz Worb</t>
+        </is>
+      </c>
+      <c r="L57" t="inlineStr">
+        <is>
+          <t>Treffpunkt Sternenplatz Worb, Abfahrt 12.30 Uhr
+Route: Fahrt via Linden - Steffisburg - Gunten - Beatenbucht - Brienz - Iseltwald</t>
+        </is>
+      </c>
+      <c r="M57" t="inlineStr">
+        <is>
+          <t>Zvierihalt im Strandhotel Iseltwald, direkt am Wasser Rückfahrt via Interlaken - Stockental - Gürbetal - Belp - Worb(Route kann je nach Verkehr und Zeit etwas angepasst werden)Kosten CHF 40.00 inkl. Car und Zvieriplättli (ohne Getränke)Mitwirkende: Erika Neuhaus und BegleitpersonenAnmeldung bis spätestens Donnerstag, 28. Mai 2026: Erika Neuhaus, 031 839 50 77, erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>Gartencafé im Pfarrhausgarten der Kirche Worb</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
+        <is>
+          <t>14:00</t>
+        </is>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>Pfarrhausgarten Kirche Worb bei schlechtem Wetter KGH Worb</t>
+        </is>
+      </c>
+      <c r="L58" t="inlineStr">
+        <is>
+          <t>Es bewirtet Sie die Männergruppe Worb. Sie offeriert Kafi, Mineral und Kuchen</t>
+        </is>
+      </c>
+      <c r="M58" t="inlineStr">
+        <is>
+          <t>Hier finden Sie unseren Flyer Gartencafé 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Frauenchor Richigen</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
         <is>
           <t>09:30</t>
         </is>
       </c>
-      <c r="H51" t="inlineStr">
+      <c r="H59" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
-      <c r="L51" t="inlineStr">
+      <c r="L59" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch, Frauenchor Richigen
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M59" t="inlineStr"/>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>Spaziergruppe Easy</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G60" t="inlineStr">
+        <is>
+          <t>12:50</t>
+        </is>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>Worb RBS</t>
+        </is>
+      </c>
+      <c r="L60" t="inlineStr">
+        <is>
+          <t>Hegidorn - Allenlüften
+Treffpunkt: Worb RBS 12.50h, Abfahrt 13.00h. S7, Hinfahrt 5 Zonen Tageskarte. Leitung: Heidi Zwahlen, 031 839 96 77, Léonie Moser 079 645 59 26</t>
+        </is>
+      </c>
+      <c r="M60" t="inlineStr">
+        <is>
+          <t>unter Angebote Generation 60plus finden Sie die Spaziergruppe Easy Broschüre</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>Männergruppe</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr">
+        <is>
+          <t>18:30</t>
+        </is>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>Pfarrhausgarten Worb</t>
+        </is>
+      </c>
+      <c r="L61" t="inlineStr">
+        <is>
+          <t>öffentlicher Grillabend im Pfarrhausgarten Worb
+die Kirchgemeinde offeriert Getränke, Chips, Grill usw. / das Grillgut bringen Gäste selbst mit 
+keine Anmeldung erforderlich. Auskunft bei Harri Wäfler, Tel. 078 766 87 82</t>
+        </is>
+      </c>
+      <c r="M61" t="inlineStr">
+        <is>
+          <t>Hier geht's zum Flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>Aussen-Gottesdienst zum Flüchtlingssonntag mit Frauenchor Richigen und interkulturellem Chor Worb</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr">
+        <is>
+          <t>11:00</t>
+        </is>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>Enggistein Gutshof</t>
+        </is>
+      </c>
+      <c r="L62" t="inlineStr">
+        <is>
+          <t>Interkulturelle Einweihungsfeier des Spielplatzes in Enggistein Gutshof mit Mittagessen
+Pfarrer Daniel Marti, Frauenchor Richigen mit dem Interkulturellem Chor Worb</t>
+        </is>
+      </c>
+      <c r="M62" t="inlineStr"/>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L63" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M63" t="inlineStr"/>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G64" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L64" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 15.6., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M64" t="inlineStr"/>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>Wandergruppe Moderato</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G65" t="inlineStr">
+        <is>
+          <t>07:55</t>
+        </is>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>Worb Dorf</t>
+        </is>
+      </c>
+      <c r="L65" t="inlineStr">
+        <is>
+          <t>Eriz Rotmoos am Fusse des Hohgants</t>
+        </is>
+      </c>
+      <c r="M65" t="inlineStr">
+        <is>
+          <t>Anmeldung erforderlichLeitung: Dora lsaak 031 839 18 19 / 079 712 21 58Marianne Berger 031 839 39 37 / 079 534 50 61unter Angebote Generation 60plus finden Sie detaillierte Informationen</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>Open-Air-Gottesdienst auf der Lehnrütti</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G66" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>Brätlistelle Lehnrütti</t>
+        </is>
+      </c>
+      <c r="L66" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Klarinette Cornelia Kindler, e-piano Annette Unternährer. Gemeinsames Cervelat-Bräteln.
+bei unsicherer Witterung Kirche Worb, Info betr. Durchführung im Zweifelsfall ab 7.00: Frau Pfarrerin Nadja Heimlicher, 031 839 73 84. Anmeldung für organisierten Fahrdienst: 079 371 95 69</t>
+        </is>
+      </c>
+      <c r="M66" t="inlineStr"/>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G67" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L67" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M67" t="inlineStr"/>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>Hof-Gottesdienst mit Turnerchörli</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G68" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>bei der Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L68" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Katrin Günther, Turnerchörli.
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M68" t="inlineStr"/>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>Gartencafé im Pfarrhausgarten der Kirche Worb</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="F69" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G69" t="inlineStr">
+        <is>
+          <t>14:00</t>
+        </is>
+      </c>
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>Pfarrhausgarten Kirche Worb bei schlechtem Wetter KGH Worb</t>
+        </is>
+      </c>
+      <c r="L69" t="inlineStr">
+        <is>
+          <t>Es bewirtet Sie die Männergruppe Worb. Sie offeriert Kafi, Mineral und Kuchen</t>
+        </is>
+      </c>
+      <c r="M69" t="inlineStr">
+        <is>
+          <t>Hier finden Sie unseren Flyer Gartencafé 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Praetorius Consort</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="F70" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G70" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L70" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch, Praetorius Consort
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M70" t="inlineStr"/>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="F71" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G71" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L71" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Musik offen
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M71" t="inlineStr"/>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L72" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Musik offen</t>
+        </is>
+      </c>
+      <c r="M72" t="inlineStr"/>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>07</t>
+        </is>
+      </c>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L73" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Katrin Günther
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M73" t="inlineStr"/>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G74" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L74" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M74" t="inlineStr"/>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>ökumenischer Gottesdienst zum Schulanfang</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G75" t="inlineStr">
+        <is>
+          <t>17:00</t>
+        </is>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L75" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Koordinatorin KUW/Katechetin Isabel Carreño, Gemeindeleiter Peter Sladkovic-Büchel, Orgel Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M75" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit SegnungIn diesem Familiengottesdienst singen und feiern wir zusammen, halten inne und lassen uns gemeinsam mit einer Geschichte für den ersten Kindergarten-/Schultag ermutigen.Einladungsflyer folgt</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G76" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L76" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 10.8., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M76" t="inlineStr"/>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G77" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L77" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M77" t="inlineStr"/>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Turnerchörli</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G78" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L78" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch, Turnerchörli
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M78" t="inlineStr"/>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G79" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L79" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Musik offen</t>
+        </is>
+      </c>
+      <c r="M79" t="inlineStr"/>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>Brunnen-Gottesdienst mit Posaunenchor Arni Worb</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G80" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L80" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Posaunenchor Arni Worb
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M80" t="inlineStr"/>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>HEREINSPAZIERT....</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G81" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L81" t="inlineStr">
+        <is>
+          <t>Hereinspaziert lädt dazu ein, sich vertieft mit dem gegebenen Thema auseinander zu setzen: Anregend, nachdenklich, unterhaltend.</t>
+        </is>
+      </c>
+      <c r="M81" t="inlineStr">
+        <is>
+          <t>Vorbereitet und moderiert durch Sozialdiakonin Erika Neuhaus, Telefon 031 839 50 77 / erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum Bibelsonntag KUW6</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G82" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L82" t="inlineStr">
+        <is>
+          <t>Katechetin Regula Berger, Orgel Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M82" t="inlineStr"/>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>Friedenslinde-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G83" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>Friedenslinde bei der Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L83" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Musik Katrin Günther
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M83" t="inlineStr">
+        <is>
+          <t>(bei schlechtem Wetter Kirche Worb)</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G84" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L84" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M84" t="inlineStr"/>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>Gottesdienst KUW2</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L85" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Annette Unternährer. Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr"/>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>Gemeinsamer Gottesdienst mit der Kirchgemeinde Vechigen</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G86" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>Kirche Vechigen</t>
+        </is>
+      </c>
+      <c r="L86" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Pfarrer Matthias Felder, Musik offen</t>
+        </is>
+      </c>
+      <c r="M86" t="inlineStr"/>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>Konzert im Mittwuchträff</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G87" t="inlineStr">
+        <is>
+          <t>14:00</t>
+        </is>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L87" t="inlineStr">
+        <is>
+          <t>Konzert im Mittwuchträff mit mit Annette und Thomas Unternährer und Barbara Egli-Unternährer. Anschliessend Zvieri im Kirchgemeindehaus. Eintritt frei, Kollekte</t>
+        </is>
+      </c>
+      <c r="M87" t="inlineStr">
+        <is>
+          <t>"Motto folgt"Flyer/Programm folgt</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr"/>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G89" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L89" t="inlineStr">
+        <is>
+          <t>Anmeldung bei Erika Neuhaus bis Montag, 14.9., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+        </is>
+      </c>
+      <c r="M89" t="inlineStr"/>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum Bettag mit Abendmahl und Chor Cantica Nova</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F90" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G90" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L90" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch, Chor Cantica Nova. Herzliche Einladung zum Café und Zwetschgenkuchenessen</t>
+        </is>
+      </c>
+      <c r="M90" t="inlineStr"/>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F91" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G91" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H91" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L91" t="inlineStr">
+        <is>
+          <t>Pfarrerperson offen, Musik offen
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M91" t="inlineStr"/>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Chor EGW</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F92" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G92" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H92" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L92" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch, Chor EGW.
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M92" t="inlineStr"/>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Singprojekt</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G93" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L93" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Katrin Günther
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M93" t="inlineStr"/>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F94" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G94" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L94" t="inlineStr">
+        <is>
+          <t>Anmeldung bei "noch offen" bis Montag, 12.10., 11:30 Uhr, 031 839 50 77</t>
+        </is>
+      </c>
+      <c r="M94" t="inlineStr"/>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum Erntedank mit Jodler-Doppelquartett</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F95" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G95" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L95" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Annette Unternährer, Jodler-Doppelquartett
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M95" t="inlineStr"/>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F96" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G96" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L96" t="inlineStr">
+        <is>
+          <t>Gemeindeleiter Peter Sladkovic-Büchel, Orgel Katrin Günther</t>
+        </is>
+      </c>
+      <c r="M96" t="inlineStr"/>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>69er-Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F97" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G97" t="inlineStr">
+        <is>
+          <t>17:00</t>
+        </is>
+      </c>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L97" t="inlineStr">
         <is>
           <t>Pfarrer Daniel Marti, Orgel Uta Pfautsch
 Herzliche Einladung zum Apéro</t>
         </is>
       </c>
-      <c r="M51" t="inlineStr"/>
-[...2 lines deleted...]
-      <c r="A52" t="inlineStr">
+      <c r="M97" t="inlineStr"/>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>Gottesdienst mit Abendmahl zum Reformationssonntag und mit Chor Cantica Nova</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F98" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G98" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H98" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L98" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Katrin Günther, Chor Cantica Nova
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M98" t="inlineStr"/>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
         <is>
           <t>Agenda, Veranstaltung</t>
         </is>
       </c>
-      <c r="B52" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C52" t="inlineStr">
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>Kirchenbasar mit liturgischem Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F99" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G99" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>in und um der Kirche/Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L99" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn zum Auftakt des Kirchenbasars. Kirchenmusikerin Katrin Günther.
+Sie sind herzlich eingeladen zu unserem traditionellen Basar mit Musik, Kulinarik, Ständen, Spiel und Spass. Mit den Einnahmen unterstützen wir ....</t>
+        </is>
+      </c>
+      <c r="M99" t="inlineStr">
+        <is>
+          <t>Infos zum Spendenprojekt folgendetailliertes Programm folgt</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F100" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G100" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L100" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Uta Pfautsch
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M100" t="inlineStr"/>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
         <is>
           <t>Do</t>
         </is>
       </c>
-      <c r="D52" t="inlineStr">
-[...46 lines deleted...]
-      <c r="C53" t="inlineStr">
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F101" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G101" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L101" t="inlineStr">
+        <is>
+          <t>Anmeldung bei "noch offen" bis Montag, 9.11., 11:30 Uhr, 031 839 50 77</t>
+        </is>
+      </c>
+      <c r="M101" t="inlineStr"/>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G102" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L102" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Katrin Günther
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M102" t="inlineStr"/>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
+        <is>
+          <t>19:00</t>
+        </is>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L103" t="inlineStr">
+        <is>
+          <t>Pfarrer Andy Vogt EGW, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M103" t="inlineStr"/>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>HEREINSPAZIERT....</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
         <is>
           <t>Do</t>
         </is>
       </c>
-      <c r="D53" t="inlineStr">
-[...14 lines deleted...]
-      <c r="G53" t="inlineStr">
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G104" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L104" t="inlineStr">
+        <is>
+          <t>Hereinspaziert lädt dazu ein, sich vertieft mit dem gegebenen Thema auseinander zu setzen: Anregend, nachdenklich, unterhaltend.</t>
+        </is>
+      </c>
+      <c r="M104" t="inlineStr">
+        <is>
+          <t>Vorbereitet und moderiert offen</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum Ewigkeitssonntag</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L105" t="inlineStr">
+        <is>
+          <t>Pfarrteam, unter dem Lead von Pfarrperson offen, Orgel Annette Unternährer
+Herzliche Einladung zum Tee auf dem Friedhof Worb</t>
+        </is>
+      </c>
+      <c r="M105" t="inlineStr"/>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum 1. Advent mit Abendmahl</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F106" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L106" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M106" t="inlineStr"/>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>Agenda, Veranstaltung</t>
+        </is>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>Worber Weihnachtsmärit</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>Sa</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>05</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G107" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>Worb Weihnachtsmarkt</t>
+        </is>
+      </c>
+      <c r="L107" t="inlineStr">
+        <is>
+          <t>Die Kirchgemeinde Worb wird dieses Jahr auf dem Weihnachtsmarkt einen Stand haben.</t>
+        </is>
+      </c>
+      <c r="M107" t="inlineStr">
+        <is>
+          <t>weitere Infos auf Webseite Worber Weihnacht – Weihnachten in Worb</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>Worber Weihnachtsmärit am 2. Advent</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>Worb Weihnachtsmarkt</t>
+        </is>
+      </c>
+      <c r="L108" t="inlineStr">
+        <is>
+          <t>Die Kirchgemeinde Worb wird dieses Jahr auf dem Weihnachtsmarkt einen Stand haben.</t>
+        </is>
+      </c>
+      <c r="M108" t="inlineStr">
+        <is>
+          <t>weitere Infos auf Webseite Worber Weihnacht – Weihnachten in Worb</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>Ökumenischer Gottesdienst zum 2. Advent auf dem Worber Weihnachtsmärit</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>Worb Weihnachtsmarkt</t>
+        </is>
+      </c>
+      <c r="L109" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Gemeindeleiter Peter Sladkovic-Büchel, Musik offen</t>
+        </is>
+      </c>
+      <c r="M109" t="inlineStr"/>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>Zäme ässe Generation 60plus mit vorweihnachtlichem Zusammensein</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr">
+        <is>
+          <t>12:00</t>
+        </is>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Worb</t>
+        </is>
+      </c>
+      <c r="L110" t="inlineStr">
+        <is>
+          <t>Nebst einem feinen Dezembermenü verweilen wir vor dem festlich geschmückten Weihnachtsbaum mit Musik, Liedern und einer Geschichte.
+(Dauer bis ca. 16:00 Uhr)</t>
+        </is>
+      </c>
+      <c r="M110" t="inlineStr">
+        <is>
+          <t>Anmeldung bei noch offen bis Montag, 7.12., 11:30 Uhr, 031 839 50 77</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>Liturgischer Tagesbeginn</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L111" t="inlineStr">
+        <is>
+          <t>Kirchenmusikerin Katrin Günther. Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M111" t="inlineStr"/>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum 3. Advent mit Chor VSeSe</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G112" t="inlineStr">
+        <is>
+          <t>09:30</t>
+        </is>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L112" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Katrin Günther, Chor VSeSe
+Herzliche Einladung zum Apéro</t>
+        </is>
+      </c>
+      <c r="M112" t="inlineStr"/>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>Ökumenische Taizé-Feier</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>Mi</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr">
         <is>
           <t>19:00</t>
         </is>
       </c>
-      <c r="H53" t="inlineStr">
+      <c r="H113" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
-      <c r="L53" t="inlineStr">
+      <c r="L113" t="inlineStr">
         <is>
           <t>Pfarrer Daniel Marti, Orgel Uta Pfautsch</t>
         </is>
       </c>
-      <c r="M53" t="inlineStr"/>
-[...12 lines deleted...]
-      <c r="C54" t="inlineStr">
+      <c r="M113" t="inlineStr"/>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>voraussichtlich lichtbringendes Sternsingen mit Aussendungsfeier in der reformierten Kirche Worb</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
         <is>
           <t>Fr</t>
         </is>
       </c>
-      <c r="D54" t="inlineStr">
-[...14 lines deleted...]
-      <c r="G54" t="inlineStr">
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F114" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr">
+        <is>
+          <t>16:30</t>
+        </is>
+      </c>
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L114" t="inlineStr">
+        <is>
+          <t>Wir starten gemeinsam mit einer kurzen, öffentlichen Feier in der Kirche Worb und senden von dort die Sternsängerinnen und Sternsänger in die Quartiere und Ortschaften aus.
+Team Katechetik, Orgel in Kirche Katrin Günther</t>
+        </is>
+      </c>
+      <c r="M114" t="inlineStr">
+        <is>
+          <t>Routenplan, Details und Mitwirkende werden noch mitgeteilt</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>Gottesdienst zum 4. Advent</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr">
+        <is>
+          <t>17:00</t>
+        </is>
+      </c>
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L115" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch
+Herzliche Einladung zum Kirchenkaffee</t>
+        </is>
+      </c>
+      <c r="M115" t="inlineStr"/>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>Familien-Gottesdienst am Heiligen Abend - Mitsingweihnacht</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F116" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G116" t="inlineStr">
+        <is>
+          <t>16:30</t>
+        </is>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L116" t="inlineStr">
+        <is>
+          <t>Pfarrerin Nadja Heimlicher, Orgel Uta Pfautsch</t>
+        </is>
+      </c>
+      <c r="M116" t="inlineStr">
+        <is>
+          <t>Mitsingweihnacht - ein Singprojekt für Kinder -Weihnachtsfeier für Klein und GrossFlyer folgt</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>Agenda</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>Gemeinsames Feiern am Heiligen Abend</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G117" t="inlineStr">
+        <is>
+          <t>18:00</t>
+        </is>
+      </c>
+      <c r="H117" t="inlineStr">
+        <is>
+          <t>Kirchgemeindehaus Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L117" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Sozialdiakonin noch offen, Musik Annette Unternährer</t>
+        </is>
+      </c>
+      <c r="M117" t="inlineStr">
+        <is>
+          <t>Programm folgt</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>Gottesdienst zur Christnacht</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>Do</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr">
+        <is>
+          <t>22:00</t>
+        </is>
+      </c>
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>Kirche Rüfenacht</t>
+        </is>
+      </c>
+      <c r="L118" t="inlineStr">
+        <is>
+          <t>Pfarrperson offen, Orgel Katrin Günther</t>
+        </is>
+      </c>
+      <c r="M118" t="inlineStr"/>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>Gottesdienst an Weihnachten mit Abendmahl und Chor Cantica Nova</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>Fr</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr">
+        <is>
+          <t>10:00</t>
+        </is>
+      </c>
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>Kirche Worb</t>
+        </is>
+      </c>
+      <c r="L119" t="inlineStr">
+        <is>
+          <t>Pfarrer Daniel Marti, Orgel Uta Pfautsch, Chor Cantica Nova</t>
+        </is>
+      </c>
+      <c r="M119" t="inlineStr"/>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>Agenda, Gottesdienst</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>Gottesdienst</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>So</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F120" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="G120" t="inlineStr">
         <is>
           <t>09:30</t>
         </is>
       </c>
-      <c r="H54" t="inlineStr">
-[...48 lines deleted...]
-      <c r="H55" t="inlineStr">
+      <c r="H120" t="inlineStr">
         <is>
           <t>Kirche Worb</t>
         </is>
       </c>
-      <c r="L55" t="inlineStr">
-[...1992 lines deleted...]
-      <c r="L95" t="inlineStr">
+      <c r="L120" t="inlineStr">
         <is>
           <t>Pfarrperson offen, Orgel Katrin Günther
 Herzliche Einladung zum Kirchenkaffee</t>
         </is>
       </c>
-      <c r="M95" t="inlineStr"/>
-[...1226 lines deleted...]
-      </c>
+      <c r="M120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>Gottesdienst</t>
+          <t>Gottesdienst, Wort und Musik zum Neuen Jahr</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>So</t>
+          <t>Fr</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>08</t>
+          <t>01</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>2026</t>
+          <t>2027</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
-          <t>09:30</t>
+          <t>17:00</t>
         </is>
       </c>
       <c r="H121" t="inlineStr">
         <is>
-          <t>Kirche Worb</t>
+          <t>Kirche Rüfenacht</t>
         </is>
       </c>
       <c r="L121" t="inlineStr">
         <is>
-          <t>Pfarrperson offen, Orgel Uta Pfautsch
-Herzliche Einladung zum Kirchenkaffee</t>
+          <t>Pfarrperson offen, Orgel Annette Unternährer
+Herzliche Einladung zum Apéro</t>
         </is>
       </c>
       <c r="M121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>Agenda</t>
+          <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Zäme ässe Generation 60plus</t>
+          <t>Gottesdienst</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>Do</t>
+          <t>So</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>03</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>2026</t>
+          <t>2027</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
-          <t>12:00</t>
+          <t>09:30</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
-          <t>Kirchgemeindehaus Rüfenacht</t>
+          <t>Kirche Worb</t>
         </is>
       </c>
       <c r="L122" t="inlineStr">
         <is>
-          <t>Anmeldung bei Erika Neuhaus bis Montag, 9.11., 11:30 Uhr, 031 839 50 77 oder erika.neuhaus@refkircheworb.ch</t>
+          <t>Pfarrperson offen, Musik offen
+Herzliche Einladung zum Kirchenkaffee</t>
         </is>
       </c>
       <c r="M122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>Agenda, Gottesdienst</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Gottesdienst</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>So</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>10</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>01</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>2026</t>
+          <t>2027</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
           <t>09:30</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
-          <t>Kirche Rüfenacht</t>
+          <t>Kirche Worb</t>
         </is>
       </c>
       <c r="L123" t="inlineStr">
-        <is>
-[...991 lines deleted...]
-      <c r="L143" t="inlineStr">
         <is>
           <t>Pfarrperson offen, Musik offen
 Herzliche Einladung zum Kirchenkaffee</t>
         </is>
       </c>
-      <c r="M143" t="inlineStr"/>
-[...48 lines deleted...]
-      <c r="M144" t="inlineStr"/>
+      <c r="M123" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>